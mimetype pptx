--- v0 (2025-12-16)
+++ v1 (2026-03-15)
@@ -20,54 +20,54 @@
   <Override PartName="/ppt/slideLayouts/slideLayout2.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout3.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout4.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout5.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout6.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout7.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout8.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout9.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout10.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout11.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/thumbnail" Target="docProps/thumbnail.jpeg"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="ppt/presentation.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=ppt/presentation.xml><?xml version="1.0" encoding="utf-8"?>
 <p:presentation xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" saveSubsetFonts="1">
   <p:sldMasterIdLst>
     <p:sldMasterId id="2147483648" r:id="rId1"/>
   </p:sldMasterIdLst>
   <p:sldIdLst>
-    <p:sldId id="257" r:id="rId2"/>
-[...2 lines deleted...]
-    <p:sldId id="260" r:id="rId5"/>
+    <p:sldId id="260" r:id="rId2"/>
+    <p:sldId id="257" r:id="rId3"/>
+    <p:sldId id="258" r:id="rId4"/>
+    <p:sldId id="259" r:id="rId5"/>
   </p:sldIdLst>
   <p:sldSz cx="12192000" cy="6858000"/>
   <p:notesSz cx="6858000" cy="9144000"/>
   <p:defaultTextStyle>
     <a:defPPr>
       <a:defRPr lang="ja-JP"/>
     </a:defPPr>
     <a:lvl1pPr marL="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
       <a:defRPr kumimoji="1" sz="1800" kern="1200">
         <a:solidFill>
           <a:schemeClr val="tx1"/>
         </a:solidFill>
         <a:latin typeface="+mn-lt"/>
         <a:ea typeface="+mn-ea"/>
         <a:cs typeface="+mn-cs"/>
       </a:defRPr>
     </a:lvl1pPr>
     <a:lvl2pPr marL="457200" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
       <a:defRPr kumimoji="1" sz="1800" kern="1200">
         <a:solidFill>
           <a:schemeClr val="tx1"/>
         </a:solidFill>
         <a:latin typeface="+mn-lt"/>
         <a:ea typeface="+mn-ea"/>
         <a:cs typeface="+mn-cs"/>
@@ -154,51 +154,51 @@
 
 <file path=ppt/presProps.xml><?xml version="1.0" encoding="utf-8"?>
 <p:presentationPr xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:clrMru>
     <a:srgbClr val="0066CB"/>
   </p:clrMru>
   <p:extLst>
     <p:ext uri="{E76CE94A-603C-4142-B9EB-6D1370010A27}">
       <p14:discardImageEditData xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="0"/>
     </p:ext>
     <p:ext uri="{D31A062A-798A-4329-ABDD-BBA856620510}">
       <p14:defaultImageDpi xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="220"/>
     </p:ext>
     <p:ext uri="{FD5EFAAD-0ECE-453E-9831-46B23BE46B34}">
       <p15:chartTrackingRefBased xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main" val="1"/>
     </p:ext>
   </p:extLst>
 </p:presentationPr>
 </file>
 
 <file path=ppt/tableStyles.xml><?xml version="1.0" encoding="utf-8"?>
 <a:tblStyleLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" def="{5C22544A-7EE6-4342-B048-85BDC9FD1C3A}"/>
 </file>
 
 <file path=ppt/viewProps.xml><?xml version="1.0" encoding="utf-8"?>
-<p:viewPr xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
+<p:viewPr xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" lastView="sldThumbnailView">
   <p:normalViewPr horzBarState="maximized">
     <p:restoredLeft sz="15987" autoAdjust="0"/>
     <p:restoredTop sz="94660"/>
   </p:normalViewPr>
   <p:slideViewPr>
     <p:cSldViewPr snapToGrid="0">
       <p:cViewPr varScale="1">
         <p:scale>
           <a:sx n="110" d="100"/>
           <a:sy n="110" d="100"/>
         </p:scale>
         <p:origin x="576" y="114"/>
       </p:cViewPr>
       <p:guideLst/>
     </p:cSldViewPr>
   </p:slideViewPr>
   <p:notesTextViewPr>
     <p:cViewPr>
       <p:scale>
         <a:sx n="1" d="1"/>
         <a:sy n="1" d="1"/>
       </p:scale>
       <p:origin x="0" y="0"/>
     </p:cViewPr>
   </p:notesTextViewPr>
@@ -361,51 +361,51 @@
           <a:p>
             <a:r>
               <a:rPr kumimoji="1" lang="ja-JP" altLang="en-US"/>
               <a:t>マスター サブタイトルの書式設定</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="日付プレースホルダー 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{843856B4-B645-4A2C-9B32-FA6D0529A185}" type="datetimeFigureOut">
               <a:rPr kumimoji="1" lang="ja-JP" altLang="en-US" smtClean="0"/>
-              <a:t>2025/12/15</a:t>
+              <a:t>2026/3/9</a:t>
             </a:fld>
             <a:endParaRPr kumimoji="1" lang="ja-JP" altLang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="フッター プレースホルダー 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr kumimoji="1" lang="ja-JP" altLang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
@@ -561,51 +561,51 @@
             </a:r>
             <a:r>
               <a:rPr kumimoji="1" lang="ja-JP" altLang="en-US"/>
               <a:t>レベル</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="日付プレースホルダー 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{843856B4-B645-4A2C-9B32-FA6D0529A185}" type="datetimeFigureOut">
               <a:rPr kumimoji="1" lang="ja-JP" altLang="en-US" smtClean="0"/>
-              <a:t>2025/12/15</a:t>
+              <a:t>2026/3/9</a:t>
             </a:fld>
             <a:endParaRPr kumimoji="1" lang="ja-JP" altLang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="フッター プレースホルダー 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr kumimoji="1" lang="ja-JP" altLang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
@@ -771,51 +771,51 @@
             </a:r>
             <a:r>
               <a:rPr kumimoji="1" lang="ja-JP" altLang="en-US"/>
               <a:t>レベル</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="日付プレースホルダー 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{843856B4-B645-4A2C-9B32-FA6D0529A185}" type="datetimeFigureOut">
               <a:rPr kumimoji="1" lang="ja-JP" altLang="en-US" smtClean="0"/>
-              <a:t>2025/12/15</a:t>
+              <a:t>2026/3/9</a:t>
             </a:fld>
             <a:endParaRPr kumimoji="1" lang="ja-JP" altLang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="フッター プレースホルダー 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr kumimoji="1" lang="ja-JP" altLang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
@@ -971,51 +971,51 @@
             </a:r>
             <a:r>
               <a:rPr kumimoji="1" lang="ja-JP" altLang="en-US"/>
               <a:t>レベル</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="日付プレースホルダー 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{843856B4-B645-4A2C-9B32-FA6D0529A185}" type="datetimeFigureOut">
               <a:rPr kumimoji="1" lang="ja-JP" altLang="en-US" smtClean="0"/>
-              <a:t>2025/12/15</a:t>
+              <a:t>2026/3/9</a:t>
             </a:fld>
             <a:endParaRPr kumimoji="1" lang="ja-JP" altLang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="フッター プレースホルダー 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr kumimoji="1" lang="ja-JP" altLang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
@@ -1216,51 +1216,51 @@
             <a:pPr lvl="0"/>
             <a:r>
               <a:rPr kumimoji="1" lang="ja-JP" altLang="en-US"/>
               <a:t>マスター テキストの書式設定</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="日付プレースホルダー 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{843856B4-B645-4A2C-9B32-FA6D0529A185}" type="datetimeFigureOut">
               <a:rPr kumimoji="1" lang="ja-JP" altLang="en-US" smtClean="0"/>
-              <a:t>2025/12/15</a:t>
+              <a:t>2026/3/9</a:t>
             </a:fld>
             <a:endParaRPr kumimoji="1" lang="ja-JP" altLang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="フッター プレースホルダー 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr kumimoji="1" lang="ja-JP" altLang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
@@ -1509,51 +1509,51 @@
             </a:r>
             <a:r>
               <a:rPr kumimoji="1" lang="ja-JP" altLang="en-US"/>
               <a:t>レベル</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="日付プレースホルダー 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{843856B4-B645-4A2C-9B32-FA6D0529A185}" type="datetimeFigureOut">
               <a:rPr kumimoji="1" lang="ja-JP" altLang="en-US" smtClean="0"/>
-              <a:t>2025/12/15</a:t>
+              <a:t>2026/3/9</a:t>
             </a:fld>
             <a:endParaRPr kumimoji="1" lang="ja-JP" altLang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="6" name="フッター プレースホルダー 5"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr kumimoji="1" lang="ja-JP" altLang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
@@ -1937,51 +1937,51 @@
             </a:r>
             <a:r>
               <a:rPr kumimoji="1" lang="ja-JP" altLang="en-US"/>
               <a:t>レベル</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="7" name="日付プレースホルダー 6"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{843856B4-B645-4A2C-9B32-FA6D0529A185}" type="datetimeFigureOut">
               <a:rPr kumimoji="1" lang="ja-JP" altLang="en-US" smtClean="0"/>
-              <a:t>2025/12/15</a:t>
+              <a:t>2026/3/9</a:t>
             </a:fld>
             <a:endParaRPr kumimoji="1" lang="ja-JP" altLang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="8" name="フッター プレースホルダー 7"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr kumimoji="1" lang="ja-JP" altLang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
@@ -2054,51 +2054,51 @@
           <a:p>
             <a:r>
               <a:rPr kumimoji="1" lang="ja-JP" altLang="en-US"/>
               <a:t>マスター タイトルの書式設定</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="日付プレースホルダー 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{843856B4-B645-4A2C-9B32-FA6D0529A185}" type="datetimeFigureOut">
               <a:rPr kumimoji="1" lang="ja-JP" altLang="en-US" smtClean="0"/>
-              <a:t>2025/12/15</a:t>
+              <a:t>2026/3/9</a:t>
             </a:fld>
             <a:endParaRPr kumimoji="1" lang="ja-JP" altLang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="フッター プレースホルダー 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr kumimoji="1" lang="ja-JP" altLang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
@@ -2149,51 +2149,51 @@
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="日付プレースホルダー 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{843856B4-B645-4A2C-9B32-FA6D0529A185}" type="datetimeFigureOut">
               <a:rPr kumimoji="1" lang="ja-JP" altLang="en-US" smtClean="0"/>
-              <a:t>2025/12/15</a:t>
+              <a:t>2026/3/9</a:t>
             </a:fld>
             <a:endParaRPr kumimoji="1" lang="ja-JP" altLang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="フッター プレースホルダー 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr kumimoji="1" lang="ja-JP" altLang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
@@ -2456,51 +2456,51 @@
             <a:pPr lvl="0"/>
             <a:r>
               <a:rPr kumimoji="1" lang="ja-JP" altLang="en-US"/>
               <a:t>マスター テキストの書式設定</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="日付プレースホルダー 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{843856B4-B645-4A2C-9B32-FA6D0529A185}" type="datetimeFigureOut">
               <a:rPr kumimoji="1" lang="ja-JP" altLang="en-US" smtClean="0"/>
-              <a:t>2025/12/15</a:t>
+              <a:t>2026/3/9</a:t>
             </a:fld>
             <a:endParaRPr kumimoji="1" lang="ja-JP" altLang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="6" name="フッター プレースホルダー 5"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr kumimoji="1" lang="ja-JP" altLang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
@@ -2708,51 +2708,51 @@
             <a:pPr lvl="0"/>
             <a:r>
               <a:rPr kumimoji="1" lang="ja-JP" altLang="en-US"/>
               <a:t>マスター テキストの書式設定</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="日付プレースホルダー 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{843856B4-B645-4A2C-9B32-FA6D0529A185}" type="datetimeFigureOut">
               <a:rPr kumimoji="1" lang="ja-JP" altLang="en-US" smtClean="0"/>
-              <a:t>2025/12/15</a:t>
+              <a:t>2026/3/9</a:t>
             </a:fld>
             <a:endParaRPr kumimoji="1" lang="ja-JP" altLang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="6" name="フッター プレースホルダー 5"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr kumimoji="1" lang="ja-JP" altLang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
@@ -2955,51 +2955,51 @@
         <p:spPr>
           <a:xfrm>
             <a:off x="838200" y="6356350"/>
             <a:ext cx="2743200" cy="365125"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr vert="horz" lIns="91440" tIns="45720" rIns="91440" bIns="45720" rtlCol="0" anchor="ctr"/>
           <a:lstStyle>
             <a:lvl1pPr algn="l">
               <a:defRPr sz="1200">
                 <a:solidFill>
                   <a:schemeClr val="tx1">
                     <a:tint val="75000"/>
                   </a:schemeClr>
                 </a:solidFill>
               </a:defRPr>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:fld id="{843856B4-B645-4A2C-9B32-FA6D0529A185}" type="datetimeFigureOut">
               <a:rPr kumimoji="1" lang="ja-JP" altLang="en-US" smtClean="0"/>
-              <a:t>2025/12/15</a:t>
+              <a:t>2026/3/9</a:t>
             </a:fld>
             <a:endParaRPr kumimoji="1" lang="ja-JP" altLang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="フッター プレースホルダー 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="3"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="4038600" y="6356350"/>
             <a:ext cx="4114800" cy="365125"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
@@ -3367,50 +3367,3914 @@
 
 <file path=ppt/slides/_rels/slide1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image2.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.jpg"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout7.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image2.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.jpg"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout7.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image2.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.jpg"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout7.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image2.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.jpg"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout7.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/slide1.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name="">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{B3800096-BF89-A0F0-84CE-32DE4D2DD53A}"/>
+            </a:ext>
+          </a:extLst>
+        </p:cNvPr>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="5" name="図 4">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{E108E9EA-0503-0028-B4D0-9B404E3E387F}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvPicPr>
+            <a:picLocks noChangeAspect="1"/>
+          </p:cNvPicPr>
+          <p:nvPr/>
+        </p:nvPicPr>
+        <p:blipFill>
+          <a:blip r:embed="rId2">
+            <a:extLst>
+              <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+              </a:ext>
+            </a:extLst>
+          </a:blip>
+          <a:stretch>
+            <a:fillRect/>
+          </a:stretch>
+        </p:blipFill>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="993508" y="188493"/>
+            <a:ext cx="5044048" cy="1442368"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+      </p:pic>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="6" name="図 5">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{95081CA0-F27D-4161-0075-13507A01930F}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvPicPr>
+            <a:picLocks noChangeAspect="1"/>
+          </p:cNvPicPr>
+          <p:nvPr/>
+        </p:nvPicPr>
+        <p:blipFill>
+          <a:blip r:embed="rId3" cstate="print">
+            <a:extLst>
+              <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+              </a:ext>
+            </a:extLst>
+          </a:blip>
+          <a:stretch>
+            <a:fillRect/>
+          </a:stretch>
+        </p:blipFill>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="5993744" y="432311"/>
+            <a:ext cx="1071424" cy="1071424"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+      </p:pic>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="7" name="テキスト ボックス 6">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{83918ACE-CCE8-6786-730D-7302E71947BA}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="7137354" y="598017"/>
+            <a:ext cx="3866605" cy="615553"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr marL="171450" indent="-171450">
+              <a:buFont typeface="Wingdings" panose="05000000000000000000" pitchFamily="2" charset="2"/>
+              <a:buChar char="l"/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="ja-JP" altLang="en-US" sz="800" dirty="0">
+                <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+              </a:rPr>
+              <a:t>商談の相手先は全国いずれかの商工会議所等会員企業</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="171450" indent="-171450">
+              <a:buFont typeface="Wingdings" panose="05000000000000000000" pitchFamily="2" charset="2"/>
+              <a:buChar char="l"/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="ja-JP" altLang="en-US" sz="800" dirty="0">
+                <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+              </a:rPr>
+              <a:t>日本全国で地域を超えてマッチング事例多数</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="171450" indent="-171450">
+              <a:buFont typeface="Wingdings" panose="05000000000000000000" pitchFamily="2" charset="2"/>
+              <a:buChar char="l"/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="ja-JP" altLang="en-US" sz="800" dirty="0">
+                <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+              </a:rPr>
+              <a:t>オールジャンル対応</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="171450" indent="-171450">
+              <a:buFont typeface="Wingdings" panose="05000000000000000000" pitchFamily="2" charset="2"/>
+              <a:buChar char="l"/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="ja-JP" altLang="en-US" sz="800" dirty="0">
+                <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+              </a:rPr>
+              <a:t>募集・提案・成約にいたるまですべて</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" altLang="ja-JP" sz="800" dirty="0">
+                <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+              </a:rPr>
+              <a:t>0</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ja-JP" altLang="en-US" sz="800" dirty="0">
+                <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+              </a:rPr>
+              <a:t>円</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="171450" indent="-171450">
+              <a:buFont typeface="Wingdings" panose="05000000000000000000" pitchFamily="2" charset="2"/>
+              <a:buChar char="l"/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="ja-JP" altLang="en-US" sz="800" dirty="0">
+                <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+              </a:rPr>
+              <a:t>１つのユーザー登録（無料）で売り手側にも買い手側にも</a:t>
+            </a:r>
+            <a:endParaRPr kumimoji="1" lang="ja-JP" altLang="en-US" sz="800" dirty="0">
+              <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+              <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="9" name="テキスト ボックス 8">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{5284FA2B-F2D4-100D-5758-FAC8CFAB2255}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="7137354" y="316234"/>
+            <a:ext cx="4048125" cy="276999"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="square" rtlCol="0">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" altLang="ja-JP" sz="1200" b="1" dirty="0">
+                <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+              </a:rPr>
+              <a:t>https://www.b-mall.ne.jp/syodan/</a:t>
+            </a:r>
+            <a:endParaRPr kumimoji="1" lang="ja-JP" altLang="en-US" sz="1200" b="1" dirty="0">
+              <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+              <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:cxnSp>
+        <p:nvCxnSpPr>
+          <p:cNvPr id="11" name="直線コネクタ 10">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{888BEDCB-A7DE-2235-1891-61E549176DBC}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvCxnSpPr/>
+          <p:nvPr/>
+        </p:nvCxnSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="0" y="1616539"/>
+            <a:ext cx="12192000" cy="0"/>
+          </a:xfrm>
+          <a:prstGeom prst="line">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:ln w="38100">
+            <a:solidFill>
+              <a:srgbClr val="0066CB"/>
+            </a:solidFill>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:lnRef>
+          <a:fillRef idx="0">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="0">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="tx1"/>
+          </a:fontRef>
+        </p:style>
+      </p:cxnSp>
+      <p:cxnSp>
+        <p:nvCxnSpPr>
+          <p:cNvPr id="12" name="直線コネクタ 11">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{E290A6F0-369B-285C-BB70-AFE11A854119}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvCxnSpPr/>
+          <p:nvPr/>
+        </p:nvCxnSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="0" y="1654639"/>
+            <a:ext cx="12192000" cy="0"/>
+          </a:xfrm>
+          <a:prstGeom prst="line">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:ln w="38100">
+            <a:solidFill>
+              <a:srgbClr val="FFFF00"/>
+            </a:solidFill>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:lnRef>
+          <a:fillRef idx="0">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="0">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="tx1"/>
+          </a:fontRef>
+        </p:style>
+      </p:cxnSp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="13" name="テキスト ボックス 12">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{4C18370B-65C0-AEE6-9B61-86F32477AA08}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="1619377" y="6173143"/>
+            <a:ext cx="5444350" cy="384721"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr lvl="0"/>
+            <a:r>
+              <a:rPr lang="ja-JP" altLang="en-US" sz="900" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="0070C0"/>
+                </a:solidFill>
+                <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                <a:cs typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+              </a:rPr>
+              <a:t>ザ・ビジネスモールユーザ間を結ぶ商取引支援サービス。提案から成約にいたるまで、全て無料！</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-US" altLang="ja-JP" sz="900" dirty="0">
+              <a:solidFill>
+                <a:srgbClr val="0070C0"/>
+              </a:solidFill>
+              <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+              <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+              <a:cs typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="0"/>
+            <a:r>
+              <a:rPr lang="ja-JP" altLang="en-US" sz="900" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="0070C0"/>
+                </a:solidFill>
+                <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                <a:cs typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+              </a:rPr>
+              <a:t>インターネット上の取引先探しで新規開拓</a:t>
+            </a:r>
+            <a:endParaRPr lang="ja-JP" altLang="ja-JP" sz="1200" dirty="0">
+              <a:solidFill>
+                <a:srgbClr val="0070C0"/>
+              </a:solidFill>
+              <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+              <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+              <a:cs typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="ja-JP" altLang="en-US" sz="700" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1">
+                    <a:lumMod val="50000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+                <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                <a:cs typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+              </a:rPr>
+              <a:t>ザ・ビジネスモールのユーザー</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" altLang="ja-JP" sz="700" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1">
+                    <a:lumMod val="50000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+                <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                <a:cs typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+              </a:rPr>
+              <a:t>ID</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ja-JP" altLang="en-US" sz="700" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1">
+                    <a:lumMod val="50000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+                <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                <a:cs typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+              </a:rPr>
+              <a:t>があれば提案可能。ユーザー</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" altLang="ja-JP" sz="700" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1">
+                    <a:lumMod val="50000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+                <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                <a:cs typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+              </a:rPr>
+              <a:t>ID</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ja-JP" altLang="en-US" sz="700" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1">
+                    <a:lumMod val="50000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+                <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                <a:cs typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+              </a:rPr>
+              <a:t>をお持ちでない方はザ・ビジネスモールサイトからご登録下さい</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-US" altLang="ja-JP" sz="700" dirty="0">
+              <a:solidFill>
+                <a:schemeClr val="bg1">
+                  <a:lumMod val="50000"/>
+                </a:schemeClr>
+              </a:solidFill>
+              <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+              <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+              <a:cs typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="14" name="テキスト ボックス 13">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{0CD39897-3820-CDB8-C797-C4643D279D3E}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="6925172" y="6130782"/>
+            <a:ext cx="3911589" cy="461665"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="square" tIns="0" bIns="0" rtlCol="0">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="ja-JP" altLang="ja-JP" sz="600" b="1" dirty="0">
+                <a:latin typeface="BIZ UDゴシック" panose="020B0400000000000000" pitchFamily="49" charset="-128"/>
+                <a:ea typeface="BIZ UDゴシック" panose="020B0400000000000000" pitchFamily="49" charset="-128"/>
+                <a:cs typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+              </a:rPr>
+              <a:t>［商談モールの買いたい案件情報について］</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="ja-JP" altLang="ja-JP" sz="600" dirty="0">
+                <a:latin typeface="BIZ UDゴシック" panose="020B0400000000000000" pitchFamily="49" charset="-128"/>
+                <a:ea typeface="BIZ UDゴシック" panose="020B0400000000000000" pitchFamily="49" charset="-128"/>
+                <a:cs typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+              </a:rPr>
+              <a:t>・案件は、ザ・商談モールをご利用中のお客様からの情報です。</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="ja-JP" altLang="ja-JP" sz="600" dirty="0">
+                <a:latin typeface="BIZ UDゴシック" panose="020B0400000000000000" pitchFamily="49" charset="-128"/>
+                <a:ea typeface="BIZ UDゴシック" panose="020B0400000000000000" pitchFamily="49" charset="-128"/>
+                <a:cs typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+              </a:rPr>
+              <a:t>・ザ・ビジネスモールの</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" altLang="ja-JP" sz="600" dirty="0">
+                <a:latin typeface="BIZ UDゴシック" panose="020B0400000000000000" pitchFamily="49" charset="-128"/>
+                <a:ea typeface="BIZ UDゴシック" panose="020B0400000000000000" pitchFamily="49" charset="-128"/>
+                <a:cs typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+              </a:rPr>
+              <a:t>ID</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ja-JP" altLang="ja-JP" sz="600" dirty="0">
+                <a:latin typeface="BIZ UDゴシック" panose="020B0400000000000000" pitchFamily="49" charset="-128"/>
+                <a:ea typeface="BIZ UDゴシック" panose="020B0400000000000000" pitchFamily="49" charset="-128"/>
+                <a:cs typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+              </a:rPr>
+              <a:t>・パスワードを取得すれば、案件に提案応募頂けます。（無料</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" altLang="ja-JP" sz="600" dirty="0">
+                <a:latin typeface="BIZ UDゴシック" panose="020B0400000000000000" pitchFamily="49" charset="-128"/>
+                <a:ea typeface="BIZ UDゴシック" panose="020B0400000000000000" pitchFamily="49" charset="-128"/>
+                <a:cs typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+              </a:rPr>
+              <a:t>)</a:t>
+            </a:r>
+            <a:endParaRPr lang="ja-JP" altLang="ja-JP" sz="600" dirty="0">
+              <a:latin typeface="BIZ UDゴシック" panose="020B0400000000000000" pitchFamily="49" charset="-128"/>
+              <a:ea typeface="BIZ UDゴシック" panose="020B0400000000000000" pitchFamily="49" charset="-128"/>
+              <a:cs typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="ja-JP" altLang="ja-JP" sz="600" dirty="0">
+                <a:latin typeface="BIZ UDゴシック" panose="020B0400000000000000" pitchFamily="49" charset="-128"/>
+                <a:ea typeface="BIZ UDゴシック" panose="020B0400000000000000" pitchFamily="49" charset="-128"/>
+                <a:cs typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+              </a:rPr>
+              <a:t>・案件主は、ザ・ビジネスモールに参画している商工会議所・商工会の会員企業です。</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="ja-JP" altLang="ja-JP" sz="600" dirty="0">
+                <a:latin typeface="BIZ UDゴシック" panose="020B0400000000000000" pitchFamily="49" charset="-128"/>
+                <a:ea typeface="BIZ UDゴシック" panose="020B0400000000000000" pitchFamily="49" charset="-128"/>
+                <a:cs typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+              </a:rPr>
+              <a:t>・当所ではこのサイトに掲載している企業との取引を保証しているものではありません。</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:cxnSp>
+        <p:nvCxnSpPr>
+          <p:cNvPr id="16" name="直線コネクタ 15">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{BDAC5673-ABCF-0EE6-CEAA-EEC13718FBF1}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvCxnSpPr/>
+          <p:nvPr/>
+        </p:nvCxnSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="0" y="6092682"/>
+            <a:ext cx="12268200" cy="0"/>
+          </a:xfrm>
+          <a:prstGeom prst="line">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:ln>
+            <a:solidFill>
+              <a:schemeClr val="bg1">
+                <a:lumMod val="65000"/>
+              </a:schemeClr>
+            </a:solidFill>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:lnRef>
+          <a:fillRef idx="0">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="0">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="tx1"/>
+          </a:fontRef>
+        </p:style>
+      </p:cxnSp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="18" name="テキスト ボックス 17">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{C976BD0C-5AA2-DF27-93E1-68E26D34450A}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="7063727" y="1267904"/>
+            <a:ext cx="3900439" cy="261610"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:srgbClr val="0070C0"/>
+          </a:solidFill>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="square" rtlCol="0">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="ja-JP" altLang="en-US" sz="1100" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                <a:cs typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+              </a:rPr>
+              <a:t>ザ・商談モール［募集中］案件一覧　</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" altLang="ja-JP" sz="1100" b="1" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="FFFF00"/>
+                </a:solidFill>
+                <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                <a:cs typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+              </a:rPr>
+              <a:t>2026</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ja-JP" altLang="en-US" sz="1100" b="1" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="FFFF00"/>
+                </a:solidFill>
+                <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                <a:cs typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+              </a:rPr>
+              <a:t>年</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" altLang="ja-JP" sz="1100" b="1" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="FFFF00"/>
+                </a:solidFill>
+                <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                <a:cs typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+              </a:rPr>
+              <a:t>3</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ja-JP" altLang="en-US" sz="1100" b="1" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="FFFF00"/>
+                </a:solidFill>
+                <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                <a:cs typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+              </a:rPr>
+              <a:t>月</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" altLang="ja-JP" sz="1100" b="1" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="FFFF00"/>
+                </a:solidFill>
+                <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                <a:cs typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+              </a:rPr>
+              <a:t>9</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ja-JP" altLang="en-US" sz="1100" b="1" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="FFFF00"/>
+                </a:solidFill>
+                <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                <a:cs typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+              </a:rPr>
+              <a:t>日版</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:graphicFrame>
+        <p:nvGraphicFramePr>
+          <p:cNvPr id="15" name="表 14">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{C504D8C4-942C-153F-D20A-1E44C15F4994}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvGraphicFramePr>
+            <a:graphicFrameLocks noGrp="1"/>
+          </p:cNvGraphicFramePr>
+          <p:nvPr>
+            <p:extLst>
+              <p:ext uri="{D42A27DB-BD31-4B8C-83A1-F6EECF244321}">
+                <p14:modId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3136556481"/>
+              </p:ext>
+            </p:extLst>
+          </p:nvPr>
+        </p:nvGraphicFramePr>
+        <p:xfrm>
+          <a:off x="1071152" y="1704795"/>
+          <a:ext cx="9893013" cy="4323216"/>
+        </p:xfrm>
+        <a:graphic>
+          <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/table">
+            <a:tbl>
+              <a:tblPr>
+                <a:tableStyleId>{5C22544A-7EE6-4342-B048-85BDC9FD1C3A}</a:tableStyleId>
+              </a:tblPr>
+              <a:tblGrid>
+                <a:gridCol w="6956901">
+                  <a:extLst>
+                    <a:ext uri="{9D8B030D-6E8A-4147-A177-3AD203B41FA5}">
+                      <a16:colId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="20000"/>
+                    </a:ext>
+                  </a:extLst>
+                </a:gridCol>
+                <a:gridCol w="978704">
+                  <a:extLst>
+                    <a:ext uri="{9D8B030D-6E8A-4147-A177-3AD203B41FA5}">
+                      <a16:colId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="20001"/>
+                    </a:ext>
+                  </a:extLst>
+                </a:gridCol>
+                <a:gridCol w="978704">
+                  <a:extLst>
+                    <a:ext uri="{9D8B030D-6E8A-4147-A177-3AD203B41FA5}">
+                      <a16:colId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="20002"/>
+                    </a:ext>
+                  </a:extLst>
+                </a:gridCol>
+                <a:gridCol w="978704">
+                  <a:extLst>
+                    <a:ext uri="{9D8B030D-6E8A-4147-A177-3AD203B41FA5}">
+                      <a16:colId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="20003"/>
+                    </a:ext>
+                  </a:extLst>
+                </a:gridCol>
+              </a:tblGrid>
+              <a:tr h="158294">
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr algn="ctr" fontAlgn="b"/>
+                      <a:r>
+                        <a:rPr lang="ja-JP" altLang="en-US" sz="1050" b="0" i="0" u="none" strike="noStrike" dirty="0">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                        </a:rPr>
+                        <a:t>案件名</a:t>
+                      </a:r>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="9525" marR="9525" marT="9525" marB="0" anchor="ctr">
+                    <a:solidFill>
+                      <a:schemeClr val="accent1">
+                        <a:lumMod val="60000"/>
+                        <a:lumOff val="40000"/>
+                      </a:schemeClr>
+                    </a:solidFill>
+                  </a:tcPr>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr algn="ctr" fontAlgn="b"/>
+                      <a:r>
+                        <a:rPr lang="ja-JP" altLang="en-US" sz="1050" b="0" i="0" u="none" strike="noStrike" dirty="0">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                        </a:rPr>
+                        <a:t>募集期限</a:t>
+                      </a:r>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="9525" marR="9525" marT="9525" marB="0" anchor="ctr">
+                    <a:solidFill>
+                      <a:schemeClr val="accent1">
+                        <a:lumMod val="60000"/>
+                        <a:lumOff val="40000"/>
+                      </a:schemeClr>
+                    </a:solidFill>
+                  </a:tcPr>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr algn="ctr" fontAlgn="b"/>
+                      <a:r>
+                        <a:rPr lang="ja-JP" altLang="en-US" sz="1050" b="0" i="0" u="none" strike="noStrike">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                        </a:rPr>
+                        <a:t>買い手</a:t>
+                      </a:r>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="9525" marR="9525" marT="9525" marB="0" anchor="ctr">
+                    <a:solidFill>
+                      <a:schemeClr val="accent1">
+                        <a:lumMod val="60000"/>
+                        <a:lumOff val="40000"/>
+                      </a:schemeClr>
+                    </a:solidFill>
+                  </a:tcPr>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr algn="ctr" fontAlgn="b"/>
+                      <a:r>
+                        <a:rPr lang="ja-JP" altLang="en-US" sz="1050" b="0" i="0" u="none" strike="noStrike">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                        </a:rPr>
+                        <a:t>提案数</a:t>
+                      </a:r>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="9525" marR="9525" marT="9525" marB="0" anchor="ctr">
+                    <a:solidFill>
+                      <a:schemeClr val="accent1">
+                        <a:lumMod val="60000"/>
+                        <a:lumOff val="40000"/>
+                      </a:schemeClr>
+                    </a:solidFill>
+                  </a:tcPr>
+                </a:tc>
+                <a:extLst>
+                  <a:ext uri="{0D108BD9-81ED-4DB2-BD59-A6C34878D82A}">
+                    <a16:rowId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="10000"/>
+                  </a:ext>
+                </a:extLst>
+              </a:tr>
+              <a:tr h="165408">
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr algn="l" fontAlgn="ctr">
+                        <a:buNone/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="ja-JP" altLang="en-US" sz="1100" b="0" i="0" u="none" strike="noStrike">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                        </a:rPr>
+                        <a:t>内装材に使用できる紙を探しています</a:t>
+                      </a:r>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="9525" marR="9525" marT="9525" marB="0" anchor="ctr"/>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr algn="ctr" fontAlgn="ctr">
+                        <a:buNone/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="en-US" altLang="ja-JP" sz="1100" b="0" i="0" u="none" strike="noStrike">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                        </a:rPr>
+                        <a:t>3</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="ja-JP" altLang="en-US" sz="1100" b="0" i="0" u="none" strike="noStrike">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                        </a:rPr>
+                        <a:t>月</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" altLang="ja-JP" sz="1100" b="0" i="0" u="none" strike="noStrike">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                        </a:rPr>
+                        <a:t>9</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="ja-JP" altLang="en-US" sz="1100" b="0" i="0" u="none" strike="noStrike">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                        </a:rPr>
+                        <a:t>日</a:t>
+                      </a:r>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="9525" marR="9525" marT="9525" marB="0" anchor="ctr"/>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr algn="ctr" fontAlgn="ctr">
+                        <a:buNone/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="ja-JP" altLang="en-US" sz="1100" b="0" i="0" u="none" strike="noStrike">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                        </a:rPr>
+                        <a:t>京都府</a:t>
+                      </a:r>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="9525" marR="9525" marT="9525" marB="0" anchor="ctr"/>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr algn="ctr" fontAlgn="ctr">
+                        <a:buNone/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="en-US" altLang="ja-JP" sz="1100" b="0" i="0" u="none" strike="noStrike">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                        </a:rPr>
+                        <a:t>3</a:t>
+                      </a:r>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="9525" marR="9525" marT="9525" marB="0" anchor="ctr"/>
+                </a:tc>
+                <a:extLst>
+                  <a:ext uri="{0D108BD9-81ED-4DB2-BD59-A6C34878D82A}">
+                    <a16:rowId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="10002"/>
+                  </a:ext>
+                </a:extLst>
+              </a:tr>
+              <a:tr h="165408">
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr algn="l" fontAlgn="ctr">
+                        <a:buNone/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="en-US" altLang="ja-JP" sz="1100" b="0" i="0" u="none" strike="noStrike">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                        </a:rPr>
+                        <a:t>LION</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="ja-JP" altLang="en-US" sz="1100" b="0" i="0" u="none" strike="noStrike">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                        </a:rPr>
+                        <a:t>の休足時間と休足時間ツボ刺激ジェルシートを卸して頂ける業者様を探しています</a:t>
+                      </a:r>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="9525" marR="9525" marT="9525" marB="0" anchor="ctr"/>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr algn="ctr" fontAlgn="ctr">
+                        <a:buNone/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="en-US" altLang="ja-JP" sz="1100" b="0" i="0" u="none" strike="noStrike">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                        </a:rPr>
+                        <a:t>3</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="ja-JP" altLang="en-US" sz="1100" b="0" i="0" u="none" strike="noStrike">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                        </a:rPr>
+                        <a:t>月</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" altLang="ja-JP" sz="1100" b="0" i="0" u="none" strike="noStrike">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                        </a:rPr>
+                        <a:t>9</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="ja-JP" altLang="en-US" sz="1100" b="0" i="0" u="none" strike="noStrike">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                        </a:rPr>
+                        <a:t>日</a:t>
+                      </a:r>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="9525" marR="9525" marT="9525" marB="0" anchor="ctr"/>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr algn="ctr" fontAlgn="ctr">
+                        <a:buNone/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="ja-JP" altLang="en-US" sz="1100" b="0" i="0" u="none" strike="noStrike">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                        </a:rPr>
+                        <a:t>愛知県</a:t>
+                      </a:r>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="9525" marR="9525" marT="9525" marB="0" anchor="ctr"/>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr algn="ctr" fontAlgn="ctr">
+                        <a:buNone/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="en-US" altLang="ja-JP" sz="1100" b="0" i="0" u="none" strike="noStrike">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                        </a:rPr>
+                        <a:t>1</a:t>
+                      </a:r>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="9525" marR="9525" marT="9525" marB="0" anchor="ctr"/>
+                </a:tc>
+                <a:extLst>
+                  <a:ext uri="{0D108BD9-81ED-4DB2-BD59-A6C34878D82A}">
+                    <a16:rowId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="3522436497"/>
+                  </a:ext>
+                </a:extLst>
+              </a:tr>
+              <a:tr h="165408">
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr algn="l" fontAlgn="ctr">
+                        <a:buNone/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="ja-JP" altLang="en-US" sz="1100" b="0" i="0" u="none" strike="noStrike">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                        </a:rPr>
+                        <a:t>任天堂スイッチ２を探しております。</a:t>
+                      </a:r>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="9525" marR="9525" marT="9525" marB="0" anchor="ctr"/>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr algn="ctr" fontAlgn="ctr">
+                        <a:buNone/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="en-US" altLang="ja-JP" sz="1100" b="0" i="0" u="none" strike="noStrike">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                        </a:rPr>
+                        <a:t>3</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="ja-JP" altLang="en-US" sz="1100" b="0" i="0" u="none" strike="noStrike">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                        </a:rPr>
+                        <a:t>月</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" altLang="ja-JP" sz="1100" b="0" i="0" u="none" strike="noStrike">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                        </a:rPr>
+                        <a:t>10</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="ja-JP" altLang="en-US" sz="1100" b="0" i="0" u="none" strike="noStrike">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                        </a:rPr>
+                        <a:t>日</a:t>
+                      </a:r>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="9525" marR="9525" marT="9525" marB="0" anchor="ctr"/>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr algn="ctr" fontAlgn="ctr">
+                        <a:buNone/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="ja-JP" altLang="en-US" sz="1100" b="0" i="0" u="none" strike="noStrike">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                        </a:rPr>
+                        <a:t>埼玉県</a:t>
+                      </a:r>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="9525" marR="9525" marT="9525" marB="0" anchor="ctr"/>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr algn="ctr" fontAlgn="ctr">
+                        <a:buNone/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="en-US" altLang="ja-JP" sz="1100" b="0" i="0" u="none" strike="noStrike">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                        </a:rPr>
+                        <a:t>0</a:t>
+                      </a:r>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="9525" marR="9525" marT="9525" marB="0" anchor="ctr"/>
+                </a:tc>
+                <a:extLst>
+                  <a:ext uri="{0D108BD9-81ED-4DB2-BD59-A6C34878D82A}">
+                    <a16:rowId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="3253976630"/>
+                  </a:ext>
+                </a:extLst>
+              </a:tr>
+              <a:tr h="165408">
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr algn="l" fontAlgn="ctr">
+                        <a:buNone/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="ja-JP" altLang="en-US" sz="1100" b="0" i="0" u="none" strike="noStrike">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                        </a:rPr>
+                        <a:t>インドネシア産のジュースの輸入手続きをお願いしたい</a:t>
+                      </a:r>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="9525" marR="9525" marT="9525" marB="0" anchor="ctr"/>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr algn="ctr" fontAlgn="ctr">
+                        <a:buNone/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="en-US" altLang="ja-JP" sz="1100" b="0" i="0" u="none" strike="noStrike">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                        </a:rPr>
+                        <a:t>3</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="ja-JP" altLang="en-US" sz="1100" b="0" i="0" u="none" strike="noStrike">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                        </a:rPr>
+                        <a:t>月</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" altLang="ja-JP" sz="1100" b="0" i="0" u="none" strike="noStrike">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                        </a:rPr>
+                        <a:t>10</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="ja-JP" altLang="en-US" sz="1100" b="0" i="0" u="none" strike="noStrike">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                        </a:rPr>
+                        <a:t>日</a:t>
+                      </a:r>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="9525" marR="9525" marT="9525" marB="0" anchor="ctr"/>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr algn="ctr" fontAlgn="ctr">
+                        <a:buNone/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="ja-JP" altLang="en-US" sz="1100" b="0" i="0" u="none" strike="noStrike">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                        </a:rPr>
+                        <a:t>神奈川県</a:t>
+                      </a:r>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="9525" marR="9525" marT="9525" marB="0" anchor="ctr"/>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr algn="ctr" fontAlgn="ctr">
+                        <a:buNone/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="en-US" altLang="ja-JP" sz="1100" b="0" i="0" u="none" strike="noStrike">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                        </a:rPr>
+                        <a:t>2</a:t>
+                      </a:r>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="9525" marR="9525" marT="9525" marB="0" anchor="ctr"/>
+                </a:tc>
+                <a:extLst>
+                  <a:ext uri="{0D108BD9-81ED-4DB2-BD59-A6C34878D82A}">
+                    <a16:rowId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="107827956"/>
+                  </a:ext>
+                </a:extLst>
+              </a:tr>
+              <a:tr h="165408">
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr algn="l" fontAlgn="ctr">
+                        <a:buNone/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="ja-JP" altLang="en-US" sz="1100" b="0" i="0" u="none" strike="noStrike">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                        </a:rPr>
+                        <a:t>美容商材アリミノダンスを指定掛け率以下で仕入れたいです</a:t>
+                      </a:r>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="9525" marR="9525" marT="9525" marB="0" anchor="ctr"/>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr algn="ctr" fontAlgn="ctr">
+                        <a:buNone/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="en-US" altLang="ja-JP" sz="1100" b="0" i="0" u="none" strike="noStrike">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                        </a:rPr>
+                        <a:t>3</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="ja-JP" altLang="en-US" sz="1100" b="0" i="0" u="none" strike="noStrike">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                        </a:rPr>
+                        <a:t>月</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" altLang="ja-JP" sz="1100" b="0" i="0" u="none" strike="noStrike">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                        </a:rPr>
+                        <a:t>12</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="ja-JP" altLang="en-US" sz="1100" b="0" i="0" u="none" strike="noStrike">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                        </a:rPr>
+                        <a:t>日</a:t>
+                      </a:r>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="9525" marR="9525" marT="9525" marB="0" anchor="ctr"/>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr algn="ctr" fontAlgn="ctr">
+                        <a:buNone/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="ja-JP" altLang="en-US" sz="1100" b="0" i="0" u="none" strike="noStrike">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                        </a:rPr>
+                        <a:t>愛知県</a:t>
+                      </a:r>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="9525" marR="9525" marT="9525" marB="0" anchor="ctr"/>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr algn="ctr" fontAlgn="ctr">
+                        <a:buNone/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="en-US" altLang="ja-JP" sz="1100" b="0" i="0" u="none" strike="noStrike">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                        </a:rPr>
+                        <a:t>1</a:t>
+                      </a:r>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="9525" marR="9525" marT="9525" marB="0" anchor="ctr"/>
+                </a:tc>
+                <a:extLst>
+                  <a:ext uri="{0D108BD9-81ED-4DB2-BD59-A6C34878D82A}">
+                    <a16:rowId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="10003"/>
+                  </a:ext>
+                </a:extLst>
+              </a:tr>
+              <a:tr h="165408">
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr algn="l" fontAlgn="ctr">
+                        <a:buNone/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="ja-JP" altLang="en-US" sz="1100" b="0" i="0" u="none" strike="noStrike">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                        </a:rPr>
+                        <a:t>電化製品（アウトレット・</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" altLang="ja-JP" sz="1100" b="0" i="0" u="none" strike="noStrike">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                        </a:rPr>
+                        <a:t>B</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="ja-JP" altLang="en-US" sz="1100" b="0" i="0" u="none" strike="noStrike">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                        </a:rPr>
+                        <a:t>品・中古）商材の調達先を探しています</a:t>
+                      </a:r>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="9525" marR="9525" marT="9525" marB="0" anchor="ctr"/>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr algn="ctr" fontAlgn="ctr">
+                        <a:buNone/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="en-US" altLang="ja-JP" sz="1100" b="0" i="0" u="none" strike="noStrike">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                        </a:rPr>
+                        <a:t>3</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="ja-JP" altLang="en-US" sz="1100" b="0" i="0" u="none" strike="noStrike">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                        </a:rPr>
+                        <a:t>月</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" altLang="ja-JP" sz="1100" b="0" i="0" u="none" strike="noStrike">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                        </a:rPr>
+                        <a:t>12</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="ja-JP" altLang="en-US" sz="1100" b="0" i="0" u="none" strike="noStrike">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                        </a:rPr>
+                        <a:t>日</a:t>
+                      </a:r>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="9525" marR="9525" marT="9525" marB="0" anchor="ctr"/>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr algn="ctr" fontAlgn="ctr">
+                        <a:buNone/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="ja-JP" altLang="en-US" sz="1100" b="0" i="0" u="none" strike="noStrike">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                        </a:rPr>
+                        <a:t>岩手県</a:t>
+                      </a:r>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="9525" marR="9525" marT="9525" marB="0" anchor="ctr"/>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr algn="ctr" fontAlgn="ctr">
+                        <a:buNone/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="en-US" altLang="ja-JP" sz="1100" b="0" i="0" u="none" strike="noStrike">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                        </a:rPr>
+                        <a:t>2</a:t>
+                      </a:r>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="9525" marR="9525" marT="9525" marB="0" anchor="ctr"/>
+                </a:tc>
+                <a:extLst>
+                  <a:ext uri="{0D108BD9-81ED-4DB2-BD59-A6C34878D82A}">
+                    <a16:rowId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="10004"/>
+                  </a:ext>
+                </a:extLst>
+              </a:tr>
+              <a:tr h="165408">
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr algn="l" fontAlgn="ctr">
+                        <a:buNone/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="ja-JP" altLang="en-US" sz="1100" b="0" i="0" u="none" strike="noStrike">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                        </a:rPr>
+                        <a:t>「シマヤだしの素粉末」業務用の仕入れ先を探しています</a:t>
+                      </a:r>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="9525" marR="9525" marT="9525" marB="0" anchor="ctr"/>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr algn="ctr" fontAlgn="ctr">
+                        <a:buNone/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="en-US" altLang="ja-JP" sz="1100" b="0" i="0" u="none" strike="noStrike">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                        </a:rPr>
+                        <a:t>3</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="ja-JP" altLang="en-US" sz="1100" b="0" i="0" u="none" strike="noStrike">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                        </a:rPr>
+                        <a:t>月</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" altLang="ja-JP" sz="1100" b="0" i="0" u="none" strike="noStrike">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                        </a:rPr>
+                        <a:t>12</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="ja-JP" altLang="en-US" sz="1100" b="0" i="0" u="none" strike="noStrike">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                        </a:rPr>
+                        <a:t>日</a:t>
+                      </a:r>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="9525" marR="9525" marT="9525" marB="0" anchor="ctr"/>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr algn="ctr" fontAlgn="ctr">
+                        <a:buNone/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="ja-JP" altLang="en-US" sz="1100" b="0" i="0" u="none" strike="noStrike">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                        </a:rPr>
+                        <a:t>沖縄県</a:t>
+                      </a:r>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="9525" marR="9525" marT="9525" marB="0" anchor="ctr"/>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr algn="ctr" fontAlgn="ctr">
+                        <a:buNone/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="en-US" altLang="ja-JP" sz="1100" b="0" i="0" u="none" strike="noStrike">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                        </a:rPr>
+                        <a:t>1</a:t>
+                      </a:r>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="9525" marR="9525" marT="9525" marB="0" anchor="ctr"/>
+                </a:tc>
+                <a:extLst>
+                  <a:ext uri="{0D108BD9-81ED-4DB2-BD59-A6C34878D82A}">
+                    <a16:rowId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="10005"/>
+                  </a:ext>
+                </a:extLst>
+              </a:tr>
+              <a:tr h="199361">
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr algn="l" fontAlgn="ctr">
+                        <a:buNone/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="en-US" altLang="ja-JP" sz="1100" b="0" i="0" u="none" strike="noStrike">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                        </a:rPr>
+                        <a:t>BRUNO</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="ja-JP" altLang="en-US" sz="1100" b="0" i="0" u="none" strike="noStrike">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                        </a:rPr>
+                        <a:t>社の製品を探しています。</a:t>
+                      </a:r>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="9525" marR="9525" marT="9525" marB="0" anchor="ctr"/>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr algn="ctr" fontAlgn="ctr">
+                        <a:buNone/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="en-US" altLang="ja-JP" sz="1100" b="0" i="0" u="none" strike="noStrike">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                        </a:rPr>
+                        <a:t>3</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="ja-JP" altLang="en-US" sz="1100" b="0" i="0" u="none" strike="noStrike">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                        </a:rPr>
+                        <a:t>月</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" altLang="ja-JP" sz="1100" b="0" i="0" u="none" strike="noStrike">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                        </a:rPr>
+                        <a:t>12</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="ja-JP" altLang="en-US" sz="1100" b="0" i="0" u="none" strike="noStrike">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                        </a:rPr>
+                        <a:t>日</a:t>
+                      </a:r>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="9525" marR="9525" marT="9525" marB="0" anchor="ctr"/>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr algn="ctr" fontAlgn="ctr">
+                        <a:buNone/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="ja-JP" altLang="en-US" sz="1100" b="0" i="0" u="none" strike="noStrike">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                        </a:rPr>
+                        <a:t>岩手県</a:t>
+                      </a:r>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="9525" marR="9525" marT="9525" marB="0" anchor="ctr"/>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr algn="ctr" fontAlgn="ctr">
+                        <a:buNone/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="en-US" altLang="ja-JP" sz="1100" b="0" i="0" u="none" strike="noStrike">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                        </a:rPr>
+                        <a:t>2</a:t>
+                      </a:r>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="9525" marR="9525" marT="9525" marB="0" anchor="ctr"/>
+                </a:tc>
+                <a:extLst>
+                  <a:ext uri="{0D108BD9-81ED-4DB2-BD59-A6C34878D82A}">
+                    <a16:rowId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="3362005215"/>
+                  </a:ext>
+                </a:extLst>
+              </a:tr>
+              <a:tr h="288342">
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr algn="l" fontAlgn="ctr">
+                        <a:buNone/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="en-US" altLang="ja-JP" sz="1100" b="0" i="0" u="none" strike="noStrike">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                        </a:rPr>
+                        <a:t>SHARP</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="ja-JP" altLang="en-US" sz="1100" b="0" i="0" u="none" strike="noStrike">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                        </a:rPr>
+                        <a:t>の空調家電製品を探しています。</a:t>
+                      </a:r>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="9525" marR="9525" marT="9525" marB="0" anchor="ctr"/>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr algn="ctr" fontAlgn="ctr">
+                        <a:buNone/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="en-US" altLang="ja-JP" sz="1100" b="0" i="0" u="none" strike="noStrike">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                        </a:rPr>
+                        <a:t>3</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="ja-JP" altLang="en-US" sz="1100" b="0" i="0" u="none" strike="noStrike">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                        </a:rPr>
+                        <a:t>月</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" altLang="ja-JP" sz="1100" b="0" i="0" u="none" strike="noStrike">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                        </a:rPr>
+                        <a:t>12</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="ja-JP" altLang="en-US" sz="1100" b="0" i="0" u="none" strike="noStrike">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                        </a:rPr>
+                        <a:t>日</a:t>
+                      </a:r>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="9525" marR="9525" marT="9525" marB="0" anchor="ctr"/>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr algn="ctr" fontAlgn="ctr">
+                        <a:buNone/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="ja-JP" altLang="en-US" sz="1100" b="0" i="0" u="none" strike="noStrike">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                        </a:rPr>
+                        <a:t>岩手県</a:t>
+                      </a:r>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="9525" marR="9525" marT="9525" marB="0" anchor="ctr"/>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr algn="ctr" fontAlgn="ctr">
+                        <a:buNone/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="en-US" altLang="ja-JP" sz="1100" b="0" i="0" u="none" strike="noStrike">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                        </a:rPr>
+                        <a:t>0</a:t>
+                      </a:r>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="9525" marR="9525" marT="9525" marB="0" anchor="ctr"/>
+                </a:tc>
+                <a:extLst>
+                  <a:ext uri="{0D108BD9-81ED-4DB2-BD59-A6C34878D82A}">
+                    <a16:rowId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="2379326156"/>
+                  </a:ext>
+                </a:extLst>
+              </a:tr>
+              <a:tr h="270906">
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr algn="l" fontAlgn="ctr">
+                        <a:buNone/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="ja-JP" altLang="en-US" sz="1100" b="0" i="0" u="none" strike="noStrike">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                        </a:rPr>
+                        <a:t>ドクターエアの健康家電製品を探しています。</a:t>
+                      </a:r>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="9525" marR="9525" marT="9525" marB="0" anchor="ctr"/>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr algn="ctr" fontAlgn="ctr">
+                        <a:buNone/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="en-US" altLang="ja-JP" sz="1100" b="0" i="0" u="none" strike="noStrike">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                        </a:rPr>
+                        <a:t>3</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="ja-JP" altLang="en-US" sz="1100" b="0" i="0" u="none" strike="noStrike">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                        </a:rPr>
+                        <a:t>月</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" altLang="ja-JP" sz="1100" b="0" i="0" u="none" strike="noStrike">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                        </a:rPr>
+                        <a:t>12</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="ja-JP" altLang="en-US" sz="1100" b="0" i="0" u="none" strike="noStrike">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                        </a:rPr>
+                        <a:t>日</a:t>
+                      </a:r>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="9525" marR="9525" marT="9525" marB="0" anchor="ctr"/>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr algn="ctr" fontAlgn="ctr">
+                        <a:buNone/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="ja-JP" altLang="en-US" sz="1100" b="0" i="0" u="none" strike="noStrike">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                        </a:rPr>
+                        <a:t>岩手県</a:t>
+                      </a:r>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="9525" marR="9525" marT="9525" marB="0" anchor="ctr"/>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr algn="ctr" fontAlgn="ctr">
+                        <a:buNone/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="en-US" altLang="ja-JP" sz="1100" b="0" i="0" u="none" strike="noStrike">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                        </a:rPr>
+                        <a:t>0</a:t>
+                      </a:r>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="9525" marR="9525" marT="9525" marB="0" anchor="ctr"/>
+                </a:tc>
+                <a:extLst>
+                  <a:ext uri="{0D108BD9-81ED-4DB2-BD59-A6C34878D82A}">
+                    <a16:rowId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="10006"/>
+                  </a:ext>
+                </a:extLst>
+              </a:tr>
+              <a:tr h="165408">
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr algn="l" fontAlgn="ctr">
+                        <a:buNone/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="ja-JP" altLang="en-US" sz="1100" b="0" i="0" u="none" strike="noStrike">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                        </a:rPr>
+                        <a:t>ポケモンカードの仕入れ先を探しています</a:t>
+                      </a:r>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="9525" marR="9525" marT="9525" marB="0" anchor="ctr"/>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr algn="ctr" fontAlgn="ctr">
+                        <a:buNone/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="en-US" altLang="ja-JP" sz="1100" b="0" i="0" u="none" strike="noStrike">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                        </a:rPr>
+                        <a:t>3</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="ja-JP" altLang="en-US" sz="1100" b="0" i="0" u="none" strike="noStrike">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                        </a:rPr>
+                        <a:t>月</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" altLang="ja-JP" sz="1100" b="0" i="0" u="none" strike="noStrike">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                        </a:rPr>
+                        <a:t>12</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="ja-JP" altLang="en-US" sz="1100" b="0" i="0" u="none" strike="noStrike">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                        </a:rPr>
+                        <a:t>日</a:t>
+                      </a:r>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="9525" marR="9525" marT="9525" marB="0" anchor="ctr"/>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr algn="ctr" fontAlgn="ctr">
+                        <a:buNone/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="ja-JP" altLang="en-US" sz="1100" b="0" i="0" u="none" strike="noStrike">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                        </a:rPr>
+                        <a:t>東京都</a:t>
+                      </a:r>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="9525" marR="9525" marT="9525" marB="0" anchor="ctr"/>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr algn="ctr" fontAlgn="ctr">
+                        <a:buNone/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="en-US" altLang="ja-JP" sz="1100" b="0" i="0" u="none" strike="noStrike">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                        </a:rPr>
+                        <a:t>1</a:t>
+                      </a:r>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="9525" marR="9525" marT="9525" marB="0" anchor="ctr"/>
+                </a:tc>
+                <a:extLst>
+                  <a:ext uri="{0D108BD9-81ED-4DB2-BD59-A6C34878D82A}">
+                    <a16:rowId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="10007"/>
+                  </a:ext>
+                </a:extLst>
+              </a:tr>
+              <a:tr h="165408">
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr algn="l" fontAlgn="ctr">
+                        <a:buNone/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="ja-JP" altLang="en-US" sz="1100" b="0" i="0" u="none" strike="noStrike">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                        </a:rPr>
+                        <a:t>動物用の爪切りはさみを製造している会社さんをさがしています</a:t>
+                      </a:r>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="9525" marR="9525" marT="9525" marB="0" anchor="ctr"/>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr algn="ctr" fontAlgn="ctr">
+                        <a:buNone/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="en-US" altLang="ja-JP" sz="1100" b="0" i="0" u="none" strike="noStrike">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                        </a:rPr>
+                        <a:t>3</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="ja-JP" altLang="en-US" sz="1100" b="0" i="0" u="none" strike="noStrike">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                        </a:rPr>
+                        <a:t>月</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" altLang="ja-JP" sz="1100" b="0" i="0" u="none" strike="noStrike">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                        </a:rPr>
+                        <a:t>13</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="ja-JP" altLang="en-US" sz="1100" b="0" i="0" u="none" strike="noStrike">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                        </a:rPr>
+                        <a:t>日</a:t>
+                      </a:r>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="9525" marR="9525" marT="9525" marB="0" anchor="ctr"/>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr algn="ctr" fontAlgn="ctr">
+                        <a:buNone/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="ja-JP" altLang="en-US" sz="1100" b="0" i="0" u="none" strike="noStrike">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                        </a:rPr>
+                        <a:t>大阪府</a:t>
+                      </a:r>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="9525" marR="9525" marT="9525" marB="0" anchor="ctr"/>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr algn="ctr" fontAlgn="ctr">
+                        <a:buNone/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="en-US" altLang="ja-JP" sz="1100" b="0" i="0" u="none" strike="noStrike">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                        </a:rPr>
+                        <a:t>4</a:t>
+                      </a:r>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="9525" marR="9525" marT="9525" marB="0" anchor="ctr"/>
+                </a:tc>
+                <a:extLst>
+                  <a:ext uri="{0D108BD9-81ED-4DB2-BD59-A6C34878D82A}">
+                    <a16:rowId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="10008"/>
+                  </a:ext>
+                </a:extLst>
+              </a:tr>
+              <a:tr h="270906">
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr algn="l" fontAlgn="ctr">
+                        <a:buNone/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="ja-JP" altLang="en-US" sz="1100" b="0" i="0" u="none" strike="noStrike">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                        </a:rPr>
+                        <a:t>円柱のプラスチック容器を製作できる工場、メーカーさんを探しております。</a:t>
+                      </a:r>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="9525" marR="9525" marT="9525" marB="0" anchor="ctr"/>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr algn="ctr" fontAlgn="ctr">
+                        <a:buNone/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="en-US" altLang="ja-JP" sz="1100" b="0" i="0" u="none" strike="noStrike">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                        </a:rPr>
+                        <a:t>3</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="ja-JP" altLang="en-US" sz="1100" b="0" i="0" u="none" strike="noStrike">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                        </a:rPr>
+                        <a:t>月</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" altLang="ja-JP" sz="1100" b="0" i="0" u="none" strike="noStrike">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                        </a:rPr>
+                        <a:t>13</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="ja-JP" altLang="en-US" sz="1100" b="0" i="0" u="none" strike="noStrike">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                        </a:rPr>
+                        <a:t>日</a:t>
+                      </a:r>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="9525" marR="9525" marT="9525" marB="0" anchor="ctr"/>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr algn="ctr" fontAlgn="ctr">
+                        <a:buNone/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="ja-JP" altLang="en-US" sz="1100" b="0" i="0" u="none" strike="noStrike">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                        </a:rPr>
+                        <a:t>大阪府</a:t>
+                      </a:r>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="9525" marR="9525" marT="9525" marB="0" anchor="ctr"/>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr algn="ctr" fontAlgn="ctr">
+                        <a:buNone/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="en-US" altLang="ja-JP" sz="1100" b="0" i="0" u="none" strike="noStrike">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                        </a:rPr>
+                        <a:t>8</a:t>
+                      </a:r>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="9525" marR="9525" marT="9525" marB="0" anchor="ctr"/>
+                </a:tc>
+                <a:extLst>
+                  <a:ext uri="{0D108BD9-81ED-4DB2-BD59-A6C34878D82A}">
+                    <a16:rowId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="10009"/>
+                  </a:ext>
+                </a:extLst>
+              </a:tr>
+              <a:tr h="165408">
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr algn="l" fontAlgn="ctr">
+                        <a:buNone/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="ja-JP" altLang="en-US" sz="1100" b="0" i="0" u="none" strike="noStrike">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                        </a:rPr>
+                        <a:t>顆粒ゼラチン（豚由来）　５０ｋｇ程度を購入できる会社を探しております。</a:t>
+                      </a:r>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="9525" marR="9525" marT="9525" marB="0" anchor="ctr"/>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr algn="ctr" fontAlgn="ctr">
+                        <a:buNone/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="en-US" altLang="ja-JP" sz="1100" b="0" i="0" u="none" strike="noStrike">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                        </a:rPr>
+                        <a:t>3</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="ja-JP" altLang="en-US" sz="1100" b="0" i="0" u="none" strike="noStrike">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                        </a:rPr>
+                        <a:t>月</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" altLang="ja-JP" sz="1100" b="0" i="0" u="none" strike="noStrike">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                        </a:rPr>
+                        <a:t>13</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="ja-JP" altLang="en-US" sz="1100" b="0" i="0" u="none" strike="noStrike">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                        </a:rPr>
+                        <a:t>日</a:t>
+                      </a:r>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="9525" marR="9525" marT="9525" marB="0" anchor="ctr"/>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr algn="ctr" fontAlgn="ctr">
+                        <a:buNone/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="ja-JP" altLang="en-US" sz="1100" b="0" i="0" u="none" strike="noStrike">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                        </a:rPr>
+                        <a:t>兵庫県</a:t>
+                      </a:r>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="9525" marR="9525" marT="9525" marB="0" anchor="ctr"/>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr algn="ctr" fontAlgn="ctr">
+                        <a:buNone/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="en-US" altLang="ja-JP" sz="1100" b="0" i="0" u="none" strike="noStrike">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                        </a:rPr>
+                        <a:t>1</a:t>
+                      </a:r>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="9525" marR="9525" marT="9525" marB="0" anchor="ctr"/>
+                </a:tc>
+                <a:extLst>
+                  <a:ext uri="{0D108BD9-81ED-4DB2-BD59-A6C34878D82A}">
+                    <a16:rowId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="10010"/>
+                  </a:ext>
+                </a:extLst>
+              </a:tr>
+              <a:tr h="165408">
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr algn="l" fontAlgn="ctr">
+                        <a:buNone/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="ja-JP" altLang="en-US" sz="1100" b="0" i="0" u="none" strike="noStrike">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                        </a:rPr>
+                        <a:t>中古</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" altLang="ja-JP" sz="1100" b="0" i="0" u="none" strike="noStrike">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                        </a:rPr>
+                        <a:t>iPhone</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="ja-JP" altLang="en-US" sz="1100" b="0" i="0" u="none" strike="noStrike">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                        </a:rPr>
+                        <a:t>の仕入れ先を探しています。</a:t>
+                      </a:r>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="9525" marR="9525" marT="9525" marB="0" anchor="ctr"/>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr algn="ctr" fontAlgn="ctr">
+                        <a:buNone/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="en-US" altLang="ja-JP" sz="1100" b="0" i="0" u="none" strike="noStrike">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                        </a:rPr>
+                        <a:t>3</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="ja-JP" altLang="en-US" sz="1100" b="0" i="0" u="none" strike="noStrike">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                        </a:rPr>
+                        <a:t>月</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" altLang="ja-JP" sz="1100" b="0" i="0" u="none" strike="noStrike">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                        </a:rPr>
+                        <a:t>14</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="ja-JP" altLang="en-US" sz="1100" b="0" i="0" u="none" strike="noStrike">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                        </a:rPr>
+                        <a:t>日</a:t>
+                      </a:r>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="9525" marR="9525" marT="9525" marB="0" anchor="ctr"/>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr algn="ctr" fontAlgn="ctr">
+                        <a:buNone/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="ja-JP" altLang="en-US" sz="1100" b="0" i="0" u="none" strike="noStrike">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                        </a:rPr>
+                        <a:t>福井県</a:t>
+                      </a:r>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="9525" marR="9525" marT="9525" marB="0" anchor="ctr"/>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr algn="ctr" fontAlgn="ctr">
+                        <a:buNone/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="en-US" altLang="ja-JP" sz="1100" b="0" i="0" u="none" strike="noStrike">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                        </a:rPr>
+                        <a:t>0</a:t>
+                      </a:r>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="9525" marR="9525" marT="9525" marB="0" anchor="ctr"/>
+                </a:tc>
+                <a:extLst>
+                  <a:ext uri="{0D108BD9-81ED-4DB2-BD59-A6C34878D82A}">
+                    <a16:rowId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="10011"/>
+                  </a:ext>
+                </a:extLst>
+              </a:tr>
+              <a:tr h="165408">
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr algn="l" fontAlgn="ctr">
+                        <a:buNone/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="ja-JP" altLang="en-US" sz="1100" b="0" i="0" u="none" strike="noStrike">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                        </a:rPr>
+                        <a:t>海外輸出用として日本国内農産物の仕入れ先を探しています。</a:t>
+                      </a:r>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="9525" marR="9525" marT="9525" marB="0" anchor="ctr"/>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr algn="ctr" fontAlgn="ctr">
+                        <a:buNone/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="en-US" altLang="ja-JP" sz="1100" b="0" i="0" u="none" strike="noStrike">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                        </a:rPr>
+                        <a:t>3</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="ja-JP" altLang="en-US" sz="1100" b="0" i="0" u="none" strike="noStrike">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                        </a:rPr>
+                        <a:t>月</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" altLang="ja-JP" sz="1100" b="0" i="0" u="none" strike="noStrike">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                        </a:rPr>
+                        <a:t>15</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="ja-JP" altLang="en-US" sz="1100" b="0" i="0" u="none" strike="noStrike">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                        </a:rPr>
+                        <a:t>日</a:t>
+                      </a:r>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="9525" marR="9525" marT="9525" marB="0" anchor="ctr"/>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr algn="ctr" fontAlgn="ctr">
+                        <a:buNone/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="ja-JP" altLang="en-US" sz="1100" b="0" i="0" u="none" strike="noStrike">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                        </a:rPr>
+                        <a:t>千葉県</a:t>
+                      </a:r>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="9525" marR="9525" marT="9525" marB="0" anchor="ctr"/>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr algn="ctr" fontAlgn="ctr">
+                        <a:buNone/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="en-US" altLang="ja-JP" sz="1100" b="0" i="0" u="none" strike="noStrike">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                        </a:rPr>
+                        <a:t>4</a:t>
+                      </a:r>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="9525" marR="9525" marT="9525" marB="0" anchor="ctr"/>
+                </a:tc>
+                <a:extLst>
+                  <a:ext uri="{0D108BD9-81ED-4DB2-BD59-A6C34878D82A}">
+                    <a16:rowId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="10012"/>
+                  </a:ext>
+                </a:extLst>
+              </a:tr>
+              <a:tr h="321923">
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr algn="l" fontAlgn="ctr">
+                        <a:buNone/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="ja-JP" altLang="en-US" sz="1100" b="0" i="0" u="none" strike="noStrike">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                        </a:rPr>
+                        <a:t>訳あり商品</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" altLang="ja-JP" sz="1100" b="0" i="0" u="none" strike="noStrike">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                        </a:rPr>
+                        <a:t>(</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="ja-JP" altLang="en-US" sz="1100" b="0" i="0" u="none" strike="noStrike">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                        </a:rPr>
+                        <a:t>在庫品・廃番商品・賞味期間</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" altLang="ja-JP" sz="1100" b="0" i="0" u="none" strike="noStrike">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                        </a:rPr>
+                        <a:t>/</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="ja-JP" altLang="en-US" sz="1100" b="0" i="0" u="none" strike="noStrike">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                        </a:rPr>
+                        <a:t>使用期限が短い、迫ってる物等</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" altLang="ja-JP" sz="1100" b="0" i="0" u="none" strike="noStrike">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                        </a:rPr>
+                        <a:t>)</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="ja-JP" altLang="en-US" sz="1100" b="0" i="0" u="none" strike="noStrike">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                        </a:rPr>
+                        <a:t>を募集致します。</a:t>
+                      </a:r>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="9525" marR="9525" marT="9525" marB="0" anchor="ctr"/>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr algn="ctr" fontAlgn="ctr">
+                        <a:buNone/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="en-US" altLang="ja-JP" sz="1100" b="0" i="0" u="none" strike="noStrike">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                        </a:rPr>
+                        <a:t>3</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="ja-JP" altLang="en-US" sz="1100" b="0" i="0" u="none" strike="noStrike">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                        </a:rPr>
+                        <a:t>月</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" altLang="ja-JP" sz="1100" b="0" i="0" u="none" strike="noStrike">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                        </a:rPr>
+                        <a:t>16</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="ja-JP" altLang="en-US" sz="1100" b="0" i="0" u="none" strike="noStrike">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                        </a:rPr>
+                        <a:t>日</a:t>
+                      </a:r>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="9525" marR="9525" marT="9525" marB="0" anchor="ctr"/>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr algn="ctr" fontAlgn="ctr">
+                        <a:buNone/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="ja-JP" altLang="en-US" sz="1100" b="0" i="0" u="none" strike="noStrike">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                        </a:rPr>
+                        <a:t>東京都</a:t>
+                      </a:r>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="9525" marR="9525" marT="9525" marB="0" anchor="ctr"/>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr algn="ctr" fontAlgn="ctr">
+                        <a:buNone/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="en-US" altLang="ja-JP" sz="1100" b="0" i="0" u="none" strike="noStrike">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                        </a:rPr>
+                        <a:t>2</a:t>
+                      </a:r>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="9525" marR="9525" marT="9525" marB="0" anchor="ctr"/>
+                </a:tc>
+                <a:extLst>
+                  <a:ext uri="{0D108BD9-81ED-4DB2-BD59-A6C34878D82A}">
+                    <a16:rowId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="10013"/>
+                  </a:ext>
+                </a:extLst>
+              </a:tr>
+              <a:tr h="165408">
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr algn="l" fontAlgn="ctr">
+                        <a:buNone/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="ja-JP" altLang="en-US" sz="1100" b="0" i="0" u="none" strike="noStrike">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                        </a:rPr>
+                        <a:t>日本製・日本有名メーカーの輸出商品・インバウンド向け商品</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" altLang="ja-JP" sz="1100" b="0" i="0" u="none" strike="noStrike">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                        </a:rPr>
+                        <a:t>(</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="ja-JP" altLang="en-US" sz="1100" b="0" i="0" u="none" strike="noStrike">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                        </a:rPr>
+                        <a:t>食品</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" altLang="ja-JP" sz="1100" b="0" i="0" u="none" strike="noStrike">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                        </a:rPr>
+                        <a:t>/</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="ja-JP" altLang="en-US" sz="1100" b="0" i="0" u="none" strike="noStrike">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                        </a:rPr>
+                        <a:t>お菓子、雑貨</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" altLang="ja-JP" sz="1100" b="0" i="0" u="none" strike="noStrike">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                        </a:rPr>
+                        <a:t>/</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="ja-JP" altLang="en-US" sz="1100" b="0" i="0" u="none" strike="noStrike">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                        </a:rPr>
+                        <a:t>化粧品等</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" altLang="ja-JP" sz="1100" b="0" i="0" u="none" strike="noStrike">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                        </a:rPr>
+                        <a:t>)</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="ja-JP" altLang="en-US" sz="1100" b="0" i="0" u="none" strike="noStrike">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                        </a:rPr>
+                        <a:t>を募集致します。</a:t>
+                      </a:r>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="9525" marR="9525" marT="9525" marB="0" anchor="ctr"/>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr algn="ctr" fontAlgn="ctr">
+                        <a:buNone/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="en-US" altLang="ja-JP" sz="1100" b="0" i="0" u="none" strike="noStrike">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                        </a:rPr>
+                        <a:t>3</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="ja-JP" altLang="en-US" sz="1100" b="0" i="0" u="none" strike="noStrike">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                        </a:rPr>
+                        <a:t>月</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" altLang="ja-JP" sz="1100" b="0" i="0" u="none" strike="noStrike">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                        </a:rPr>
+                        <a:t>16</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="ja-JP" altLang="en-US" sz="1100" b="0" i="0" u="none" strike="noStrike">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                        </a:rPr>
+                        <a:t>日</a:t>
+                      </a:r>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="9525" marR="9525" marT="9525" marB="0" anchor="ctr"/>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr algn="ctr" fontAlgn="ctr">
+                        <a:buNone/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="ja-JP" altLang="en-US" sz="1100" b="0" i="0" u="none" strike="noStrike">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                        </a:rPr>
+                        <a:t>東京都</a:t>
+                      </a:r>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="9525" marR="9525" marT="9525" marB="0" anchor="ctr"/>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr algn="ctr" fontAlgn="ctr">
+                        <a:buNone/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="en-US" altLang="ja-JP" sz="1100" b="0" i="0" u="none" strike="noStrike">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                        </a:rPr>
+                        <a:t>5</a:t>
+                      </a:r>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="9525" marR="9525" marT="9525" marB="0" anchor="ctr"/>
+                </a:tc>
+                <a:extLst>
+                  <a:ext uri="{0D108BD9-81ED-4DB2-BD59-A6C34878D82A}">
+                    <a16:rowId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="10014"/>
+                  </a:ext>
+                </a:extLst>
+              </a:tr>
+              <a:tr h="321923">
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr algn="l" fontAlgn="ctr">
+                        <a:buNone/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="en-US" altLang="ja-JP" sz="1100" b="0" i="0" u="none" strike="noStrike">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                        </a:rPr>
+                        <a:t>OEM</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="ja-JP" altLang="en-US" sz="1100" b="0" i="0" u="none" strike="noStrike">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                        </a:rPr>
+                        <a:t>と</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" altLang="ja-JP" sz="1100" b="0" i="0" u="none" strike="noStrike">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                        </a:rPr>
+                        <a:t>PB</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="ja-JP" altLang="en-US" sz="1100" b="0" i="0" u="none" strike="noStrike">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                        </a:rPr>
+                        <a:t>商品製作・原料提供を、仕入れ・加工対応出来る会社・団体・</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" altLang="ja-JP" sz="1100" b="0" i="0" u="none" strike="noStrike">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                        </a:rPr>
+                        <a:t>NPO</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="ja-JP" altLang="en-US" sz="1100" b="0" i="0" u="none" strike="noStrike">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                        </a:rPr>
+                        <a:t>法人様等を探しています。</a:t>
+                      </a:r>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="9525" marR="9525" marT="9525" marB="0" anchor="ctr"/>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr algn="ctr" fontAlgn="ctr">
+                        <a:buNone/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="en-US" altLang="ja-JP" sz="1100" b="0" i="0" u="none" strike="noStrike">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                        </a:rPr>
+                        <a:t>3</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="ja-JP" altLang="en-US" sz="1100" b="0" i="0" u="none" strike="noStrike">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                        </a:rPr>
+                        <a:t>月</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" altLang="ja-JP" sz="1100" b="0" i="0" u="none" strike="noStrike">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                        </a:rPr>
+                        <a:t>16</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="ja-JP" altLang="en-US" sz="1100" b="0" i="0" u="none" strike="noStrike">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                        </a:rPr>
+                        <a:t>日</a:t>
+                      </a:r>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="9525" marR="9525" marT="9525" marB="0" anchor="ctr"/>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr algn="ctr" fontAlgn="ctr">
+                        <a:buNone/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="ja-JP" altLang="en-US" sz="1100" b="0" i="0" u="none" strike="noStrike">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                        </a:rPr>
+                        <a:t>東京都</a:t>
+                      </a:r>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="9525" marR="9525" marT="9525" marB="0" anchor="ctr"/>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr algn="ctr" fontAlgn="ctr">
+                        <a:buNone/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="en-US" altLang="ja-JP" sz="1100" b="0" i="0" u="none" strike="noStrike">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                        </a:rPr>
+                        <a:t>0</a:t>
+                      </a:r>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="9525" marR="9525" marT="9525" marB="0" anchor="ctr"/>
+                </a:tc>
+                <a:extLst>
+                  <a:ext uri="{0D108BD9-81ED-4DB2-BD59-A6C34878D82A}">
+                    <a16:rowId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="425783478"/>
+                  </a:ext>
+                </a:extLst>
+              </a:tr>
+              <a:tr h="165408">
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr algn="l" fontAlgn="ctr">
+                        <a:buNone/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="ja-JP" altLang="en-US" sz="1100" b="0" i="0" u="none" strike="noStrike">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                        </a:rPr>
+                        <a:t>中華圏・東南アジア・南米諸国を初め、農産物原料・輸入／国産食材・ 原料等の取扱業者様を募集致します。</a:t>
+                      </a:r>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="9525" marR="9525" marT="9525" marB="0" anchor="ctr"/>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr algn="ctr" fontAlgn="ctr">
+                        <a:buNone/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="en-US" altLang="ja-JP" sz="1100" b="0" i="0" u="none" strike="noStrike">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                        </a:rPr>
+                        <a:t>3</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="ja-JP" altLang="en-US" sz="1100" b="0" i="0" u="none" strike="noStrike">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                        </a:rPr>
+                        <a:t>月</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" altLang="ja-JP" sz="1100" b="0" i="0" u="none" strike="noStrike">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                        </a:rPr>
+                        <a:t>16</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="ja-JP" altLang="en-US" sz="1100" b="0" i="0" u="none" strike="noStrike">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                        </a:rPr>
+                        <a:t>日</a:t>
+                      </a:r>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="9525" marR="9525" marT="9525" marB="0" anchor="ctr"/>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr algn="ctr" fontAlgn="ctr">
+                        <a:buNone/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="ja-JP" altLang="en-US" sz="1100" b="0" i="0" u="none" strike="noStrike">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                        </a:rPr>
+                        <a:t>東京都</a:t>
+                      </a:r>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="9525" marR="9525" marT="9525" marB="0" anchor="ctr"/>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr algn="ctr" fontAlgn="ctr">
+                        <a:buNone/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="en-US" altLang="ja-JP" sz="1100" b="0" i="0" u="none" strike="noStrike" dirty="0">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                        </a:rPr>
+                        <a:t>0</a:t>
+                      </a:r>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="9525" marR="9525" marT="9525" marB="0" anchor="ctr"/>
+                </a:tc>
+                <a:extLst>
+                  <a:ext uri="{0D108BD9-81ED-4DB2-BD59-A6C34878D82A}">
+                    <a16:rowId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="2095567846"/>
+                  </a:ext>
+                </a:extLst>
+              </a:tr>
+            </a:tbl>
+          </a:graphicData>
+        </a:graphic>
+      </p:graphicFrame>
+    </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="4052241662"/>
+      </p:ext>
+    </p:extLst>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:sld>
+</file>
+
+<file path=ppt/slides/slide2.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
+  <p:cSld>
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name="">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
               <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{B8385459-4999-1574-1374-E7767F76F8EA}"/>
             </a:ext>
           </a:extLst>
         </p:cNvPr>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:pic>
         <p:nvPicPr>
           <p:cNvPr id="5" name="図 4">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{70191D24-082E-07E7-6B8D-5BCBA141D76F}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvPicPr>
@@ -4041,171 +7905,171 @@
           <a:bodyPr wrap="square" rtlCol="0">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:r>
               <a:rPr lang="ja-JP" altLang="en-US" sz="1100" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="bg1"/>
                 </a:solidFill>
                 <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
                 <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
                 <a:cs typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
               </a:rPr>
               <a:t>ザ・商談モール［募集中］案件一覧　</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" altLang="ja-JP" sz="1100" b="1" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="FFFF00"/>
                 </a:solidFill>
                 <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
                 <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
                 <a:cs typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
               </a:rPr>
-              <a:t>2025</a:t>
+              <a:t>2026</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="ja-JP" altLang="en-US" sz="1100" b="1" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="FFFF00"/>
                 </a:solidFill>
                 <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
                 <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
                 <a:cs typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
               </a:rPr>
               <a:t>年</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" altLang="ja-JP" sz="1100" b="1" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="FFFF00"/>
                 </a:solidFill>
                 <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
                 <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
                 <a:cs typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
               </a:rPr>
-              <a:t>12</a:t>
+              <a:t>3</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="ja-JP" altLang="en-US" sz="1100" b="1" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="FFFF00"/>
                 </a:solidFill>
                 <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
                 <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
                 <a:cs typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
               </a:rPr>
               <a:t>月</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" altLang="ja-JP" sz="1100" b="1" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="FFFF00"/>
                 </a:solidFill>
                 <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
                 <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
                 <a:cs typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
               </a:rPr>
-              <a:t>15</a:t>
+              <a:t>9</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="ja-JP" altLang="en-US" sz="1100" b="1" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="FFFF00"/>
                 </a:solidFill>
                 <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
                 <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
                 <a:cs typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
               </a:rPr>
               <a:t>日版</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:graphicFrame>
         <p:nvGraphicFramePr>
           <p:cNvPr id="15" name="表 14">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{33264E25-4D42-82D3-494D-1FEF9B42AE5C}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvGraphicFramePr>
             <a:graphicFrameLocks noGrp="1"/>
           </p:cNvGraphicFramePr>
           <p:nvPr>
             <p:extLst>
               <p:ext uri="{D42A27DB-BD31-4B8C-83A1-F6EECF244321}">
-                <p14:modId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1835717854"/>
+                <p14:modId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2182026186"/>
               </p:ext>
             </p:extLst>
           </p:nvPr>
         </p:nvGraphicFramePr>
         <p:xfrm>
-          <a:off x="1071152" y="1704791"/>
-          <a:ext cx="9893013" cy="4295425"/>
+          <a:off x="1071152" y="1704796"/>
+          <a:ext cx="9893013" cy="4333660"/>
         </p:xfrm>
         <a:graphic>
           <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/table">
             <a:tbl>
               <a:tblPr>
                 <a:tableStyleId>{5C22544A-7EE6-4342-B048-85BDC9FD1C3A}</a:tableStyleId>
               </a:tblPr>
               <a:tblGrid>
                 <a:gridCol w="6956901">
                   <a:extLst>
                     <a:ext uri="{9D8B030D-6E8A-4147-A177-3AD203B41FA5}">
                       <a16:colId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="20000"/>
                     </a:ext>
                   </a:extLst>
                 </a:gridCol>
                 <a:gridCol w="978704">
                   <a:extLst>
                     <a:ext uri="{9D8B030D-6E8A-4147-A177-3AD203B41FA5}">
                       <a16:colId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="20001"/>
                     </a:ext>
                   </a:extLst>
                 </a:gridCol>
                 <a:gridCol w="978704">
                   <a:extLst>
                     <a:ext uri="{9D8B030D-6E8A-4147-A177-3AD203B41FA5}">
                       <a16:colId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="20002"/>
                     </a:ext>
                   </a:extLst>
                 </a:gridCol>
                 <a:gridCol w="978704">
                   <a:extLst>
                     <a:ext uri="{9D8B030D-6E8A-4147-A177-3AD203B41FA5}">
                       <a16:colId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="20003"/>
                     </a:ext>
                   </a:extLst>
                 </a:gridCol>
               </a:tblGrid>
-              <a:tr h="188394">
+              <a:tr h="156564">
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr algn="ctr" fontAlgn="b"/>
                       <a:r>
                         <a:rPr lang="ja-JP" altLang="en-US" sz="1050" b="0" i="0" u="none" strike="noStrike" dirty="0">
                           <a:solidFill>
                             <a:srgbClr val="000000"/>
                           </a:solidFill>
                           <a:effectLst/>
                           <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
                           <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
                         </a:rPr>
                         <a:t>案件名</a:t>
                       </a:r>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marL="9525" marR="9525" marT="9525" marB="0" anchor="ctr">
                     <a:solidFill>
                       <a:schemeClr val="accent1">
                         <a:lumMod val="60000"/>
                         <a:lumOff val="40000"/>
                       </a:schemeClr>
@@ -4280,3171 +8144,3281 @@
                             <a:srgbClr val="000000"/>
                           </a:solidFill>
                           <a:effectLst/>
                           <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
                           <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
                         </a:rPr>
                         <a:t>提案数</a:t>
                       </a:r>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marL="9525" marR="9525" marT="9525" marB="0" anchor="ctr">
                     <a:solidFill>
                       <a:schemeClr val="accent1">
                         <a:lumMod val="60000"/>
                         <a:lumOff val="40000"/>
                       </a:schemeClr>
                     </a:solidFill>
                   </a:tcPr>
                 </a:tc>
                 <a:extLst>
                   <a:ext uri="{0D108BD9-81ED-4DB2-BD59-A6C34878D82A}">
                     <a16:rowId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="10000"/>
                   </a:ext>
                 </a:extLst>
               </a:tr>
-              <a:tr h="188394">
+              <a:tr h="163600">
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr algn="l" fontAlgn="ctr">
                         <a:buNone/>
                       </a:pPr>
                       <a:r>
-                        <a:rPr lang="ja-JP" altLang="en-US" sz="1100" b="0" i="0" u="none" strike="noStrike" dirty="0">
-[...30 lines deleted...]
-                        <a:t>12</a:t>
+                        <a:rPr lang="ja-JP" altLang="en-US" sz="1100" b="0" i="0" u="none" strike="noStrike">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                        </a:rPr>
+                        <a:t>短納期で旋盤加工（自社内で）ができるメーカーを探しています</a:t>
+                      </a:r>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="9525" marR="9525" marT="9525" marB="0" anchor="ctr"/>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr algn="ctr" fontAlgn="ctr">
+                        <a:buNone/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="en-US" altLang="ja-JP" sz="1100" b="0" i="0" u="none" strike="noStrike">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                        </a:rPr>
+                        <a:t>3</a:t>
                       </a:r>
                       <a:r>
                         <a:rPr lang="ja-JP" altLang="en-US" sz="1100" b="0" i="0" u="none" strike="noStrike">
                           <a:solidFill>
                             <a:srgbClr val="000000"/>
                           </a:solidFill>
                           <a:effectLst/>
                           <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
                           <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
                         </a:rPr>
                         <a:t>月</a:t>
                       </a:r>
                       <a:r>
                         <a:rPr lang="en-US" altLang="ja-JP" sz="1100" b="0" i="0" u="none" strike="noStrike">
                           <a:solidFill>
                             <a:srgbClr val="000000"/>
                           </a:solidFill>
                           <a:effectLst/>
                           <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
                           <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
                         </a:rPr>
-                        <a:t>15</a:t>
+                        <a:t>17</a:t>
                       </a:r>
                       <a:r>
                         <a:rPr lang="ja-JP" altLang="en-US" sz="1100" b="0" i="0" u="none" strike="noStrike">
                           <a:solidFill>
                             <a:srgbClr val="000000"/>
                           </a:solidFill>
                           <a:effectLst/>
                           <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
                           <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
                         </a:rPr>
                         <a:t>日</a:t>
                       </a:r>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marL="9525" marR="9525" marT="9525" marB="0" anchor="ctr"/>
                 </a:tc>
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr algn="ctr" fontAlgn="ctr">
                         <a:buNone/>
                       </a:pPr>
                       <a:r>
                         <a:rPr lang="ja-JP" altLang="en-US" sz="1100" b="0" i="0" u="none" strike="noStrike">
                           <a:solidFill>
                             <a:srgbClr val="000000"/>
                           </a:solidFill>
                           <a:effectLst/>
                           <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
                           <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
                         </a:rPr>
-                        <a:t>千葉県</a:t>
-[...22 lines deleted...]
-                        <a:t>0</a:t>
+                        <a:t>愛知県</a:t>
+                      </a:r>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="9525" marR="9525" marT="9525" marB="0" anchor="ctr"/>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr algn="ctr" fontAlgn="ctr">
+                        <a:buNone/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="en-US" altLang="ja-JP" sz="1100" b="0" i="0" u="none" strike="noStrike">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                        </a:rPr>
+                        <a:t>4</a:t>
                       </a:r>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marL="9525" marR="9525" marT="9525" marB="0" anchor="ctr"/>
                 </a:tc>
                 <a:extLst>
                   <a:ext uri="{0D108BD9-81ED-4DB2-BD59-A6C34878D82A}">
                     <a16:rowId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="10002"/>
                   </a:ext>
                 </a:extLst>
               </a:tr>
-              <a:tr h="188394">
+              <a:tr h="163600">
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr algn="l" fontAlgn="ctr">
                         <a:buNone/>
                       </a:pPr>
                       <a:r>
-                        <a:rPr lang="en-US" altLang="ja-JP" sz="1100" b="0" i="0" u="none" strike="noStrike" dirty="0">
-[...41 lines deleted...]
-                        <a:t>12</a:t>
+                        <a:rPr lang="en-US" altLang="ja-JP" sz="1100" b="0" i="0" u="none" strike="noStrike">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                        </a:rPr>
+                        <a:t>C1220</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="ja-JP" altLang="en-US" sz="1100" b="0" i="0" u="none" strike="noStrike">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                        </a:rPr>
+                        <a:t>　銅管曲げ加工の試作品製作依頼</a:t>
+                      </a:r>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="9525" marR="9525" marT="9525" marB="0" anchor="ctr"/>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr algn="ctr" fontAlgn="ctr">
+                        <a:buNone/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="en-US" altLang="ja-JP" sz="1100" b="0" i="0" u="none" strike="noStrike">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                        </a:rPr>
+                        <a:t>3</a:t>
                       </a:r>
                       <a:r>
                         <a:rPr lang="ja-JP" altLang="en-US" sz="1100" b="0" i="0" u="none" strike="noStrike">
                           <a:solidFill>
                             <a:srgbClr val="000000"/>
                           </a:solidFill>
                           <a:effectLst/>
                           <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
                           <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
                         </a:rPr>
                         <a:t>月</a:t>
                       </a:r>
                       <a:r>
                         <a:rPr lang="en-US" altLang="ja-JP" sz="1100" b="0" i="0" u="none" strike="noStrike">
                           <a:solidFill>
                             <a:srgbClr val="000000"/>
                           </a:solidFill>
                           <a:effectLst/>
                           <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
                           <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
                         </a:rPr>
-                        <a:t>15</a:t>
+                        <a:t>17</a:t>
                       </a:r>
                       <a:r>
                         <a:rPr lang="ja-JP" altLang="en-US" sz="1100" b="0" i="0" u="none" strike="noStrike">
                           <a:solidFill>
                             <a:srgbClr val="000000"/>
                           </a:solidFill>
                           <a:effectLst/>
                           <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
                           <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
                         </a:rPr>
                         <a:t>日</a:t>
                       </a:r>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marL="9525" marR="9525" marT="9525" marB="0" anchor="ctr"/>
                 </a:tc>
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr algn="ctr" fontAlgn="ctr">
                         <a:buNone/>
                       </a:pPr>
                       <a:r>
                         <a:rPr lang="ja-JP" altLang="en-US" sz="1100" b="0" i="0" u="none" strike="noStrike">
                           <a:solidFill>
                             <a:srgbClr val="000000"/>
                           </a:solidFill>
                           <a:effectLst/>
                           <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
                           <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
                         </a:rPr>
-                        <a:t>千葉県</a:t>
-[...22 lines deleted...]
-                        <a:t>0</a:t>
+                        <a:t>香川県</a:t>
+                      </a:r>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="9525" marR="9525" marT="9525" marB="0" anchor="ctr"/>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr algn="ctr" fontAlgn="ctr">
+                        <a:buNone/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="en-US" altLang="ja-JP" sz="1100" b="0" i="0" u="none" strike="noStrike">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                        </a:rPr>
+                        <a:t>1</a:t>
                       </a:r>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marL="9525" marR="9525" marT="9525" marB="0" anchor="ctr"/>
                 </a:tc>
                 <a:extLst>
                   <a:ext uri="{0D108BD9-81ED-4DB2-BD59-A6C34878D82A}">
                     <a16:rowId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="3522436497"/>
                   </a:ext>
                 </a:extLst>
               </a:tr>
-              <a:tr h="339151">
+              <a:tr h="318405">
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr algn="l" fontAlgn="ctr">
                         <a:buNone/>
                       </a:pPr>
                       <a:r>
-                        <a:rPr lang="en-US" altLang="ja-JP" sz="1100" b="0" i="0" u="none" strike="noStrike" dirty="0">
-[...43 lines deleted...]
-                        <a:rPr lang="en-US" altLang="ja-JP" sz="1100" b="0" i="0" u="none" strike="noStrike" dirty="0">
+                        <a:rPr lang="ja-JP" altLang="en-US" sz="1100" b="0" i="0" u="none" strike="noStrike">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                        </a:rPr>
+                        <a:t>大手企業案件</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" altLang="ja-JP" sz="1100" b="0" i="0" u="none" strike="noStrike">
                           <a:solidFill>
                             <a:srgbClr val="000000"/>
                           </a:solidFill>
                           <a:effectLst/>
                           <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
                           <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
                         </a:rPr>
                         <a:t>(</a:t>
                       </a:r>
                       <a:r>
-                        <a:rPr lang="ja-JP" altLang="en-US" sz="1100" b="0" i="0" u="none" strike="noStrike" dirty="0">
-[...10 lines deleted...]
-                        <a:rPr lang="en-US" altLang="ja-JP" sz="1100" b="0" i="0" u="none" strike="noStrike" dirty="0">
+                        <a:rPr lang="ja-JP" altLang="en-US" sz="1100" b="0" i="0" u="none" strike="noStrike">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                        </a:rPr>
+                        <a:t>ドン・キホーテ</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" altLang="ja-JP" sz="1100" b="0" i="0" u="none" strike="noStrike">
                           <a:solidFill>
                             <a:srgbClr val="000000"/>
                           </a:solidFill>
                           <a:effectLst/>
                           <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
                           <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
                         </a:rPr>
                         <a:t>)</a:t>
                       </a:r>
                       <a:r>
-                        <a:rPr lang="ja-JP" altLang="en-US" sz="1100" b="0" i="0" u="none" strike="noStrike" dirty="0">
-[...30 lines deleted...]
-                        <a:t>12</a:t>
+                        <a:rPr lang="ja-JP" altLang="en-US" sz="1100" b="0" i="0" u="none" strike="noStrike">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                        </a:rPr>
+                        <a:t>日用雑貨・キッチン用品・バス、洗濯用品・寝具・インテリア用品・アウトドア商品・フィットネス用品・自転車　新規取引募集★</a:t>
+                      </a:r>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="9525" marR="9525" marT="9525" marB="0" anchor="ctr"/>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr algn="ctr" fontAlgn="ctr">
+                        <a:buNone/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="en-US" altLang="ja-JP" sz="1100" b="0" i="0" u="none" strike="noStrike">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                        </a:rPr>
+                        <a:t>3</a:t>
                       </a:r>
                       <a:r>
                         <a:rPr lang="ja-JP" altLang="en-US" sz="1100" b="0" i="0" u="none" strike="noStrike">
                           <a:solidFill>
                             <a:srgbClr val="000000"/>
                           </a:solidFill>
                           <a:effectLst/>
                           <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
                           <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
                         </a:rPr>
                         <a:t>月</a:t>
                       </a:r>
                       <a:r>
                         <a:rPr lang="en-US" altLang="ja-JP" sz="1100" b="0" i="0" u="none" strike="noStrike">
                           <a:solidFill>
                             <a:srgbClr val="000000"/>
                           </a:solidFill>
                           <a:effectLst/>
                           <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
                           <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
                         </a:rPr>
-                        <a:t>16</a:t>
+                        <a:t>18</a:t>
                       </a:r>
                       <a:r>
                         <a:rPr lang="ja-JP" altLang="en-US" sz="1100" b="0" i="0" u="none" strike="noStrike">
                           <a:solidFill>
                             <a:srgbClr val="000000"/>
                           </a:solidFill>
                           <a:effectLst/>
                           <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
                           <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
                         </a:rPr>
                         <a:t>日</a:t>
                       </a:r>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marL="9525" marR="9525" marT="9525" marB="0" anchor="ctr"/>
                 </a:tc>
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr algn="ctr" fontAlgn="ctr">
                         <a:buNone/>
                       </a:pPr>
                       <a:r>
                         <a:rPr lang="ja-JP" altLang="en-US" sz="1100" b="0" i="0" u="none" strike="noStrike">
                           <a:solidFill>
                             <a:srgbClr val="000000"/>
                           </a:solidFill>
                           <a:effectLst/>
                           <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
                           <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
                         </a:rPr>
-                        <a:t>沖縄県</a:t>
-[...22 lines deleted...]
-                        <a:t>1</a:t>
+                        <a:t>大阪府</a:t>
+                      </a:r>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="9525" marR="9525" marT="9525" marB="0" anchor="ctr"/>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr algn="ctr" fontAlgn="ctr">
+                        <a:buNone/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="en-US" altLang="ja-JP" sz="1100" b="0" i="0" u="none" strike="noStrike">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                        </a:rPr>
+                        <a:t>9</a:t>
                       </a:r>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marL="9525" marR="9525" marT="9525" marB="0" anchor="ctr"/>
                 </a:tc>
                 <a:extLst>
                   <a:ext uri="{0D108BD9-81ED-4DB2-BD59-A6C34878D82A}">
                     <a16:rowId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="3253976630"/>
                   </a:ext>
                 </a:extLst>
               </a:tr>
-              <a:tr h="188394">
+              <a:tr h="163600">
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr algn="l" fontAlgn="ctr">
                         <a:buNone/>
                       </a:pPr>
                       <a:r>
-                        <a:rPr lang="ja-JP" altLang="en-US" sz="1100" b="0" i="0" u="none" strike="noStrike" dirty="0">
-[...30 lines deleted...]
-                        <a:t>12</a:t>
+                        <a:rPr lang="ja-JP" altLang="en-US" sz="1100" b="0" i="0" u="none" strike="noStrike">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                        </a:rPr>
+                        <a:t>大手企業案件</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" altLang="ja-JP" sz="1100" b="0" i="0" u="none" strike="noStrike">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                        </a:rPr>
+                        <a:t>(</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="ja-JP" altLang="en-US" sz="1100" b="0" i="0" u="none" strike="noStrike">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                        </a:rPr>
+                        <a:t>ドン・キホーテ</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" altLang="ja-JP" sz="1100" b="0" i="0" u="none" strike="noStrike">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                        </a:rPr>
+                        <a:t>)</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="ja-JP" altLang="en-US" sz="1100" b="0" i="0" u="none" strike="noStrike">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                        </a:rPr>
+                        <a:t>アパレル・ブランド品　新規取引募集★</a:t>
+                      </a:r>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="9525" marR="9525" marT="9525" marB="0" anchor="ctr"/>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr algn="ctr" fontAlgn="ctr">
+                        <a:buNone/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="en-US" altLang="ja-JP" sz="1100" b="0" i="0" u="none" strike="noStrike">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                        </a:rPr>
+                        <a:t>3</a:t>
                       </a:r>
                       <a:r>
                         <a:rPr lang="ja-JP" altLang="en-US" sz="1100" b="0" i="0" u="none" strike="noStrike">
                           <a:solidFill>
                             <a:srgbClr val="000000"/>
                           </a:solidFill>
                           <a:effectLst/>
                           <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
                           <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
                         </a:rPr>
                         <a:t>月</a:t>
                       </a:r>
                       <a:r>
                         <a:rPr lang="en-US" altLang="ja-JP" sz="1100" b="0" i="0" u="none" strike="noStrike">
                           <a:solidFill>
                             <a:srgbClr val="000000"/>
                           </a:solidFill>
                           <a:effectLst/>
                           <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
                           <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
                         </a:rPr>
-                        <a:t>16</a:t>
+                        <a:t>18</a:t>
                       </a:r>
                       <a:r>
                         <a:rPr lang="ja-JP" altLang="en-US" sz="1100" b="0" i="0" u="none" strike="noStrike">
                           <a:solidFill>
                             <a:srgbClr val="000000"/>
                           </a:solidFill>
                           <a:effectLst/>
                           <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
                           <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
                         </a:rPr>
                         <a:t>日</a:t>
                       </a:r>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marL="9525" marR="9525" marT="9525" marB="0" anchor="ctr"/>
                 </a:tc>
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr algn="ctr" fontAlgn="ctr">
                         <a:buNone/>
                       </a:pPr>
                       <a:r>
                         <a:rPr lang="ja-JP" altLang="en-US" sz="1100" b="0" i="0" u="none" strike="noStrike">
                           <a:solidFill>
                             <a:srgbClr val="000000"/>
                           </a:solidFill>
                           <a:effectLst/>
                           <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
                           <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
                         </a:rPr>
-                        <a:t>東京都</a:t>
-[...22 lines deleted...]
-                        <a:t>3</a:t>
+                        <a:t>大阪府</a:t>
+                      </a:r>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="9525" marR="9525" marT="9525" marB="0" anchor="ctr"/>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr algn="ctr" fontAlgn="ctr">
+                        <a:buNone/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="en-US" altLang="ja-JP" sz="1100" b="0" i="0" u="none" strike="noStrike">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                        </a:rPr>
+                        <a:t>5</a:t>
                       </a:r>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marL="9525" marR="9525" marT="9525" marB="0" anchor="ctr"/>
                 </a:tc>
                 <a:extLst>
                   <a:ext uri="{0D108BD9-81ED-4DB2-BD59-A6C34878D82A}">
                     <a16:rowId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="107827956"/>
                   </a:ext>
                 </a:extLst>
               </a:tr>
-              <a:tr h="188394">
+              <a:tr h="318405">
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr algn="l" fontAlgn="ctr">
                         <a:buNone/>
                       </a:pPr>
                       <a:r>
-                        <a:rPr lang="ja-JP" altLang="en-US" sz="1100" b="0" i="0" u="none" strike="noStrike" dirty="0">
-[...30 lines deleted...]
-                        <a:t>12</a:t>
+                        <a:rPr lang="ja-JP" altLang="en-US" sz="1100" b="0" i="0" u="none" strike="noStrike">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                        </a:rPr>
+                        <a:t>大手企業案件</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" altLang="ja-JP" sz="1100" b="0" i="0" u="none" strike="noStrike">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                        </a:rPr>
+                        <a:t>(</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="ja-JP" altLang="en-US" sz="1100" b="0" i="0" u="none" strike="noStrike">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                        </a:rPr>
+                        <a:t>ドン・キホーテ</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" altLang="ja-JP" sz="1100" b="0" i="0" u="none" strike="noStrike">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                        </a:rPr>
+                        <a:t>)</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="ja-JP" altLang="en-US" sz="1100" b="0" i="0" u="none" strike="noStrike">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                        </a:rPr>
+                        <a:t>日用品（シャンプー＆コンディショナー ヘアケア用品 　洗剤・紙製品等）　新規取引募集★</a:t>
+                      </a:r>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="9525" marR="9525" marT="9525" marB="0" anchor="ctr"/>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr algn="ctr" fontAlgn="ctr">
+                        <a:buNone/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="en-US" altLang="ja-JP" sz="1100" b="0" i="0" u="none" strike="noStrike">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                        </a:rPr>
+                        <a:t>3</a:t>
                       </a:r>
                       <a:r>
                         <a:rPr lang="ja-JP" altLang="en-US" sz="1100" b="0" i="0" u="none" strike="noStrike">
                           <a:solidFill>
                             <a:srgbClr val="000000"/>
                           </a:solidFill>
                           <a:effectLst/>
                           <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
                           <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
                         </a:rPr>
                         <a:t>月</a:t>
                       </a:r>
                       <a:r>
                         <a:rPr lang="en-US" altLang="ja-JP" sz="1100" b="0" i="0" u="none" strike="noStrike">
                           <a:solidFill>
                             <a:srgbClr val="000000"/>
                           </a:solidFill>
                           <a:effectLst/>
                           <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
                           <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
                         </a:rPr>
-                        <a:t>16</a:t>
+                        <a:t>18</a:t>
                       </a:r>
                       <a:r>
                         <a:rPr lang="ja-JP" altLang="en-US" sz="1100" b="0" i="0" u="none" strike="noStrike">
                           <a:solidFill>
                             <a:srgbClr val="000000"/>
                           </a:solidFill>
                           <a:effectLst/>
                           <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
                           <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
                         </a:rPr>
                         <a:t>日</a:t>
                       </a:r>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marL="9525" marR="9525" marT="9525" marB="0" anchor="ctr"/>
                 </a:tc>
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr algn="ctr" fontAlgn="ctr">
                         <a:buNone/>
                       </a:pPr>
                       <a:r>
                         <a:rPr lang="ja-JP" altLang="en-US" sz="1100" b="0" i="0" u="none" strike="noStrike">
                           <a:solidFill>
                             <a:srgbClr val="000000"/>
                           </a:solidFill>
                           <a:effectLst/>
                           <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
                           <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
                         </a:rPr>
-                        <a:t>千葉県</a:t>
-[...22 lines deleted...]
-                        <a:t>0</a:t>
+                        <a:t>大阪府</a:t>
+                      </a:r>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="9525" marR="9525" marT="9525" marB="0" anchor="ctr"/>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr algn="ctr" fontAlgn="ctr">
+                        <a:buNone/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="en-US" altLang="ja-JP" sz="1100" b="0" i="0" u="none" strike="noStrike">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                        </a:rPr>
+                        <a:t>2</a:t>
                       </a:r>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marL="9525" marR="9525" marT="9525" marB="0" anchor="ctr"/>
                 </a:tc>
                 <a:extLst>
                   <a:ext uri="{0D108BD9-81ED-4DB2-BD59-A6C34878D82A}">
                     <a16:rowId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="10003"/>
                   </a:ext>
                 </a:extLst>
               </a:tr>
-              <a:tr h="188394">
+              <a:tr h="163600">
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr algn="l" fontAlgn="ctr">
                         <a:buNone/>
                       </a:pPr>
                       <a:r>
                         <a:rPr lang="ja-JP" altLang="en-US" sz="1100" b="0" i="0" u="none" strike="noStrike">
                           <a:solidFill>
                             <a:srgbClr val="000000"/>
                           </a:solidFill>
                           <a:effectLst/>
                           <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
                           <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
                         </a:rPr>
-                        <a:t>ビニール手提げ袋の購入（未確定案件見積依頼）</a:t>
-[...22 lines deleted...]
-                        <a:t>12</a:t>
+                        <a:t>大手企業案件</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" altLang="ja-JP" sz="1100" b="0" i="0" u="none" strike="noStrike">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                        </a:rPr>
+                        <a:t>(</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="ja-JP" altLang="en-US" sz="1100" b="0" i="0" u="none" strike="noStrike">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                        </a:rPr>
+                        <a:t>ドン・キホーテ</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" altLang="ja-JP" sz="1100" b="0" i="0" u="none" strike="noStrike">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                        </a:rPr>
+                        <a:t>)</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="ja-JP" altLang="en-US" sz="1100" b="0" i="0" u="none" strike="noStrike">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                        </a:rPr>
+                        <a:t>コスメ・美容雑貨　新規取引募集★</a:t>
+                      </a:r>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="9525" marR="9525" marT="9525" marB="0" anchor="ctr"/>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr algn="ctr" fontAlgn="ctr">
+                        <a:buNone/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="en-US" altLang="ja-JP" sz="1100" b="0" i="0" u="none" strike="noStrike">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                        </a:rPr>
+                        <a:t>3</a:t>
                       </a:r>
                       <a:r>
                         <a:rPr lang="ja-JP" altLang="en-US" sz="1100" b="0" i="0" u="none" strike="noStrike">
                           <a:solidFill>
                             <a:srgbClr val="000000"/>
                           </a:solidFill>
                           <a:effectLst/>
                           <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
                           <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
                         </a:rPr>
                         <a:t>月</a:t>
                       </a:r>
                       <a:r>
                         <a:rPr lang="en-US" altLang="ja-JP" sz="1100" b="0" i="0" u="none" strike="noStrike">
                           <a:solidFill>
                             <a:srgbClr val="000000"/>
                           </a:solidFill>
                           <a:effectLst/>
                           <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
                           <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
                         </a:rPr>
-                        <a:t>16</a:t>
+                        <a:t>18</a:t>
                       </a:r>
                       <a:r>
                         <a:rPr lang="ja-JP" altLang="en-US" sz="1100" b="0" i="0" u="none" strike="noStrike">
                           <a:solidFill>
                             <a:srgbClr val="000000"/>
                           </a:solidFill>
                           <a:effectLst/>
                           <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
                           <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
                         </a:rPr>
                         <a:t>日</a:t>
                       </a:r>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marL="9525" marR="9525" marT="9525" marB="0" anchor="ctr"/>
                 </a:tc>
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr algn="ctr" fontAlgn="ctr">
                         <a:buNone/>
                       </a:pPr>
                       <a:r>
                         <a:rPr lang="ja-JP" altLang="en-US" sz="1100" b="0" i="0" u="none" strike="noStrike">
                           <a:solidFill>
                             <a:srgbClr val="000000"/>
                           </a:solidFill>
                           <a:effectLst/>
                           <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
                           <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
                         </a:rPr>
-                        <a:t>千葉県</a:t>
-[...22 lines deleted...]
-                        <a:t>4</a:t>
+                        <a:t>大阪府</a:t>
+                      </a:r>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="9525" marR="9525" marT="9525" marB="0" anchor="ctr"/>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr algn="ctr" fontAlgn="ctr">
+                        <a:buNone/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="en-US" altLang="ja-JP" sz="1100" b="0" i="0" u="none" strike="noStrike">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                        </a:rPr>
+                        <a:t>9</a:t>
                       </a:r>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marL="9525" marR="9525" marT="9525" marB="0" anchor="ctr"/>
                 </a:tc>
                 <a:extLst>
                   <a:ext uri="{0D108BD9-81ED-4DB2-BD59-A6C34878D82A}">
                     <a16:rowId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="10004"/>
                   </a:ext>
                 </a:extLst>
               </a:tr>
-              <a:tr h="188394">
+              <a:tr h="163600">
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr algn="l" fontAlgn="ctr">
                         <a:buNone/>
                       </a:pPr>
                       <a:r>
-                        <a:rPr lang="ja-JP" altLang="en-US" sz="1100" b="0" i="0" u="none" strike="noStrike" dirty="0">
-[...30 lines deleted...]
-                        <a:t>12</a:t>
+                        <a:rPr lang="ja-JP" altLang="en-US" sz="1100" b="0" i="0" u="none" strike="noStrike">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                        </a:rPr>
+                        <a:t>大手企業案件</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" altLang="ja-JP" sz="1100" b="0" i="0" u="none" strike="noStrike">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                        </a:rPr>
+                        <a:t>(</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="ja-JP" altLang="en-US" sz="1100" b="0" i="0" u="none" strike="noStrike">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                        </a:rPr>
+                        <a:t>ドン・キホーテ</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" altLang="ja-JP" sz="1100" b="0" i="0" u="none" strike="noStrike">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                        </a:rPr>
+                        <a:t>)</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="ja-JP" altLang="en-US" sz="1100" b="0" i="0" u="none" strike="noStrike">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                        </a:rPr>
+                        <a:t>食品（菓子・加工食品・日配・冷凍・ドリンク・酒）　新規取引募集★</a:t>
+                      </a:r>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="9525" marR="9525" marT="9525" marB="0" anchor="ctr"/>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr algn="ctr" fontAlgn="ctr">
+                        <a:buNone/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="en-US" altLang="ja-JP" sz="1100" b="0" i="0" u="none" strike="noStrike">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                        </a:rPr>
+                        <a:t>3</a:t>
                       </a:r>
                       <a:r>
                         <a:rPr lang="ja-JP" altLang="en-US" sz="1100" b="0" i="0" u="none" strike="noStrike">
                           <a:solidFill>
                             <a:srgbClr val="000000"/>
                           </a:solidFill>
                           <a:effectLst/>
                           <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
                           <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
                         </a:rPr>
                         <a:t>月</a:t>
                       </a:r>
                       <a:r>
                         <a:rPr lang="en-US" altLang="ja-JP" sz="1100" b="0" i="0" u="none" strike="noStrike">
                           <a:solidFill>
                             <a:srgbClr val="000000"/>
                           </a:solidFill>
                           <a:effectLst/>
                           <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
                           <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
                         </a:rPr>
-                        <a:t>16</a:t>
+                        <a:t>18</a:t>
                       </a:r>
                       <a:r>
                         <a:rPr lang="ja-JP" altLang="en-US" sz="1100" b="0" i="0" u="none" strike="noStrike">
                           <a:solidFill>
                             <a:srgbClr val="000000"/>
                           </a:solidFill>
                           <a:effectLst/>
                           <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
                           <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
                         </a:rPr>
                         <a:t>日</a:t>
                       </a:r>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marL="9525" marR="9525" marT="9525" marB="0" anchor="ctr"/>
                 </a:tc>
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr algn="ctr" fontAlgn="ctr">
                         <a:buNone/>
                       </a:pPr>
                       <a:r>
                         <a:rPr lang="ja-JP" altLang="en-US" sz="1100" b="0" i="0" u="none" strike="noStrike">
                           <a:solidFill>
                             <a:srgbClr val="000000"/>
                           </a:solidFill>
                           <a:effectLst/>
                           <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
                           <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
                         </a:rPr>
-                        <a:t>千葉県</a:t>
-[...22 lines deleted...]
-                        <a:t>0</a:t>
+                        <a:t>大阪府</a:t>
+                      </a:r>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="9525" marR="9525" marT="9525" marB="0" anchor="ctr"/>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr algn="ctr" fontAlgn="ctr">
+                        <a:buNone/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="en-US" altLang="ja-JP" sz="1100" b="0" i="0" u="none" strike="noStrike">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                        </a:rPr>
+                        <a:t>9</a:t>
                       </a:r>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marL="9525" marR="9525" marT="9525" marB="0" anchor="ctr"/>
                 </a:tc>
                 <a:extLst>
                   <a:ext uri="{0D108BD9-81ED-4DB2-BD59-A6C34878D82A}">
                     <a16:rowId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="10005"/>
                   </a:ext>
                 </a:extLst>
               </a:tr>
-              <a:tr h="188394">
+              <a:tr h="163600">
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr algn="l" fontAlgn="ctr">
                         <a:buNone/>
                       </a:pPr>
                       <a:r>
                         <a:rPr lang="ja-JP" altLang="en-US" sz="1100" b="0" i="0" u="none" strike="noStrike">
                           <a:solidFill>
                             <a:srgbClr val="000000"/>
                           </a:solidFill>
                           <a:effectLst/>
                           <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
                           <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
                         </a:rPr>
-                        <a:t>災害用トイレ処理セットの購入（未確定案件見積依頼）</a:t>
-[...22 lines deleted...]
-                        <a:t>12</a:t>
+                        <a:t>在庫処分品、特価品などの商品のご提案を募集</a:t>
+                      </a:r>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="9525" marR="9525" marT="9525" marB="0" anchor="ctr"/>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr algn="ctr" fontAlgn="ctr">
+                        <a:buNone/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="en-US" altLang="ja-JP" sz="1100" b="0" i="0" u="none" strike="noStrike">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                        </a:rPr>
+                        <a:t>3</a:t>
                       </a:r>
                       <a:r>
                         <a:rPr lang="ja-JP" altLang="en-US" sz="1100" b="0" i="0" u="none" strike="noStrike">
                           <a:solidFill>
                             <a:srgbClr val="000000"/>
                           </a:solidFill>
                           <a:effectLst/>
                           <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
                           <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
                         </a:rPr>
                         <a:t>月</a:t>
                       </a:r>
                       <a:r>
                         <a:rPr lang="en-US" altLang="ja-JP" sz="1100" b="0" i="0" u="none" strike="noStrike">
                           <a:solidFill>
                             <a:srgbClr val="000000"/>
                           </a:solidFill>
                           <a:effectLst/>
                           <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
                           <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
                         </a:rPr>
-                        <a:t>16</a:t>
+                        <a:t>18</a:t>
                       </a:r>
                       <a:r>
                         <a:rPr lang="ja-JP" altLang="en-US" sz="1100" b="0" i="0" u="none" strike="noStrike">
                           <a:solidFill>
                             <a:srgbClr val="000000"/>
                           </a:solidFill>
                           <a:effectLst/>
                           <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
                           <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
                         </a:rPr>
                         <a:t>日</a:t>
                       </a:r>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marL="9525" marR="9525" marT="9525" marB="0" anchor="ctr"/>
                 </a:tc>
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr algn="ctr" fontAlgn="ctr">
                         <a:buNone/>
                       </a:pPr>
                       <a:r>
                         <a:rPr lang="ja-JP" altLang="en-US" sz="1100" b="0" i="0" u="none" strike="noStrike">
                           <a:solidFill>
                             <a:srgbClr val="000000"/>
                           </a:solidFill>
                           <a:effectLst/>
                           <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
                           <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
                         </a:rPr>
-                        <a:t>千葉県</a:t>
-[...22 lines deleted...]
-                        <a:t>0</a:t>
+                        <a:t>東京都</a:t>
+                      </a:r>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="9525" marR="9525" marT="9525" marB="0" anchor="ctr"/>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr algn="ctr" fontAlgn="ctr">
+                        <a:buNone/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="en-US" altLang="ja-JP" sz="1100" b="0" i="0" u="none" strike="noStrike">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                        </a:rPr>
+                        <a:t>4</a:t>
                       </a:r>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marL="9525" marR="9525" marT="9525" marB="0" anchor="ctr"/>
                 </a:tc>
                 <a:extLst>
                   <a:ext uri="{0D108BD9-81ED-4DB2-BD59-A6C34878D82A}">
                     <a16:rowId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="3362005215"/>
                   </a:ext>
                 </a:extLst>
               </a:tr>
-              <a:tr h="188394">
+              <a:tr h="218275">
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr algn="l" fontAlgn="ctr">
                         <a:buNone/>
                       </a:pPr>
                       <a:r>
-                        <a:rPr lang="ja-JP" altLang="en-US" sz="1100" b="0" i="0" u="none" strike="noStrike" dirty="0">
-[...30 lines deleted...]
-                        <a:t>12</a:t>
+                        <a:rPr lang="en-US" altLang="ja-JP" sz="1100" b="0" i="0" u="none" strike="noStrike">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                        </a:rPr>
+                        <a:t>AC</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="ja-JP" altLang="en-US" sz="1100" b="0" i="0" u="none" strike="noStrike">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                        </a:rPr>
+                        <a:t>アダプター、</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" altLang="ja-JP" sz="1100" b="0" i="0" u="none" strike="noStrike">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                        </a:rPr>
+                        <a:t>MFI</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="ja-JP" altLang="en-US" sz="1100" b="0" i="0" u="none" strike="noStrike">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                        </a:rPr>
+                        <a:t>認証済み</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" altLang="ja-JP" sz="1100" b="0" i="0" u="none" strike="noStrike">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                        </a:rPr>
+                        <a:t>lightning</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="ja-JP" altLang="en-US" sz="1100" b="0" i="0" u="none" strike="noStrike">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                        </a:rPr>
+                        <a:t>ケーブル等の購入</a:t>
+                      </a:r>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="9525" marR="9525" marT="9525" marB="0" anchor="ctr"/>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr algn="ctr" fontAlgn="ctr">
+                        <a:buNone/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="en-US" altLang="ja-JP" sz="1100" b="0" i="0" u="none" strike="noStrike">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                        </a:rPr>
+                        <a:t>3</a:t>
                       </a:r>
                       <a:r>
                         <a:rPr lang="ja-JP" altLang="en-US" sz="1100" b="0" i="0" u="none" strike="noStrike">
                           <a:solidFill>
                             <a:srgbClr val="000000"/>
                           </a:solidFill>
                           <a:effectLst/>
                           <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
                           <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
                         </a:rPr>
                         <a:t>月</a:t>
                       </a:r>
                       <a:r>
                         <a:rPr lang="en-US" altLang="ja-JP" sz="1100" b="0" i="0" u="none" strike="noStrike">
                           <a:solidFill>
                             <a:srgbClr val="000000"/>
                           </a:solidFill>
                           <a:effectLst/>
                           <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
                           <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
                         </a:rPr>
-                        <a:t>17</a:t>
+                        <a:t>18</a:t>
                       </a:r>
                       <a:r>
                         <a:rPr lang="ja-JP" altLang="en-US" sz="1100" b="0" i="0" u="none" strike="noStrike">
                           <a:solidFill>
                             <a:srgbClr val="000000"/>
                           </a:solidFill>
                           <a:effectLst/>
                           <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
                           <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
                         </a:rPr>
                         <a:t>日</a:t>
                       </a:r>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marL="9525" marR="9525" marT="9525" marB="0" anchor="ctr"/>
                 </a:tc>
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr algn="ctr" fontAlgn="ctr">
                         <a:buNone/>
                       </a:pPr>
                       <a:r>
                         <a:rPr lang="ja-JP" altLang="en-US" sz="1100" b="0" i="0" u="none" strike="noStrike">
                           <a:solidFill>
                             <a:srgbClr val="000000"/>
                           </a:solidFill>
                           <a:effectLst/>
                           <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
                           <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
                         </a:rPr>
-                        <a:t>東京都</a:t>
-[...22 lines deleted...]
-                        <a:t>39</a:t>
+                        <a:t>神奈川県</a:t>
+                      </a:r>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="9525" marR="9525" marT="9525" marB="0" anchor="ctr"/>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr algn="ctr" fontAlgn="ctr">
+                        <a:buNone/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="en-US" altLang="ja-JP" sz="1100" b="0" i="0" u="none" strike="noStrike">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                        </a:rPr>
+                        <a:t>0</a:t>
                       </a:r>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marL="9525" marR="9525" marT="9525" marB="0" anchor="ctr"/>
                 </a:tc>
                 <a:extLst>
                   <a:ext uri="{0D108BD9-81ED-4DB2-BD59-A6C34878D82A}">
                     <a16:rowId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="2379326156"/>
                   </a:ext>
                 </a:extLst>
               </a:tr>
-              <a:tr h="188394">
+              <a:tr h="205075">
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr algn="l" fontAlgn="ctr">
                         <a:buNone/>
                       </a:pPr>
                       <a:r>
-                        <a:rPr lang="ja-JP" altLang="en-US" sz="1100" b="0" i="0" u="none" strike="noStrike">
-[...30 lines deleted...]
-                        <a:t>12</a:t>
+                        <a:rPr lang="en-US" altLang="ja-JP" sz="1100" b="0" i="0" u="none" strike="noStrike">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                        </a:rPr>
+                        <a:t>【BtoB</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="ja-JP" altLang="en-US" sz="1100" b="0" i="0" u="none" strike="noStrike">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                        </a:rPr>
+                        <a:t>案件</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" altLang="ja-JP" sz="1100" b="0" i="0" u="none" strike="noStrike">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                        </a:rPr>
+                        <a:t>】</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="ja-JP" altLang="en-US" sz="1100" b="0" i="0" u="none" strike="noStrike">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                        </a:rPr>
+                        <a:t>バルカン市場向けエアコン</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" altLang="ja-JP" sz="1100" b="0" i="0" u="none" strike="noStrike">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                        </a:rPr>
+                        <a:t>OEM</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="ja-JP" altLang="en-US" sz="1100" b="0" i="0" u="none" strike="noStrike">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                        </a:rPr>
+                        <a:t>供給のお願い</a:t>
+                      </a:r>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="9525" marR="9525" marT="9525" marB="0" anchor="ctr"/>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr algn="ctr" fontAlgn="ctr">
+                        <a:buNone/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="en-US" altLang="ja-JP" sz="1100" b="0" i="0" u="none" strike="noStrike">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                        </a:rPr>
+                        <a:t>3</a:t>
                       </a:r>
                       <a:r>
                         <a:rPr lang="ja-JP" altLang="en-US" sz="1100" b="0" i="0" u="none" strike="noStrike">
                           <a:solidFill>
                             <a:srgbClr val="000000"/>
                           </a:solidFill>
                           <a:effectLst/>
                           <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
                           <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
                         </a:rPr>
                         <a:t>月</a:t>
                       </a:r>
                       <a:r>
                         <a:rPr lang="en-US" altLang="ja-JP" sz="1100" b="0" i="0" u="none" strike="noStrike">
                           <a:solidFill>
                             <a:srgbClr val="000000"/>
                           </a:solidFill>
                           <a:effectLst/>
                           <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
                           <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
                         </a:rPr>
-                        <a:t>17</a:t>
+                        <a:t>18</a:t>
                       </a:r>
                       <a:r>
                         <a:rPr lang="ja-JP" altLang="en-US" sz="1100" b="0" i="0" u="none" strike="noStrike">
                           <a:solidFill>
                             <a:srgbClr val="000000"/>
                           </a:solidFill>
                           <a:effectLst/>
                           <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
                           <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
                         </a:rPr>
                         <a:t>日</a:t>
                       </a:r>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marL="9525" marR="9525" marT="9525" marB="0" anchor="ctr"/>
                 </a:tc>
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr algn="ctr" fontAlgn="ctr">
                         <a:buNone/>
                       </a:pPr>
                       <a:r>
                         <a:rPr lang="ja-JP" altLang="en-US" sz="1100" b="0" i="0" u="none" strike="noStrike">
                           <a:solidFill>
                             <a:srgbClr val="000000"/>
                           </a:solidFill>
                           <a:effectLst/>
                           <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
                           <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
                         </a:rPr>
-                        <a:t>神奈川県</a:t>
+                        <a:t>東京都</a:t>
                       </a:r>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marL="9525" marR="9525" marT="9525" marB="0" anchor="ctr"/>
                 </a:tc>
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr algn="ctr" fontAlgn="ctr">
                         <a:buNone/>
                       </a:pPr>
                       <a:r>
                         <a:rPr lang="en-US" altLang="ja-JP" sz="1100" b="0" i="0" u="none" strike="noStrike">
                           <a:solidFill>
                             <a:srgbClr val="000000"/>
                           </a:solidFill>
                           <a:effectLst/>
                           <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
                           <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
                         </a:rPr>
                         <a:t>1</a:t>
                       </a:r>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marL="9525" marR="9525" marT="9525" marB="0" anchor="ctr"/>
                 </a:tc>
                 <a:extLst>
                   <a:ext uri="{0D108BD9-81ED-4DB2-BD59-A6C34878D82A}">
                     <a16:rowId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="10006"/>
                   </a:ext>
                 </a:extLst>
               </a:tr>
-              <a:tr h="188394">
+              <a:tr h="226040">
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr algn="l" fontAlgn="ctr">
                         <a:buNone/>
                       </a:pPr>
                       <a:r>
                         <a:rPr lang="ja-JP" altLang="en-US" sz="1100" b="0" i="0" u="none" strike="noStrike">
                           <a:solidFill>
                             <a:srgbClr val="000000"/>
                           </a:solidFill>
                           <a:effectLst/>
                           <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
                           <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
                         </a:rPr>
-                        <a:t>ユーグレナと配合が合う</a:t>
-[...47 lines deleted...]
-                        <a:rPr lang="ja-JP" altLang="en-US" sz="1100" b="0" i="0" u="none" strike="noStrike" dirty="0">
+                        <a:t>飲食店内装の一部改装工事を請け負ってくださる業者様を探しています。</a:t>
+                      </a:r>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="9525" marR="9525" marT="9525" marB="0" anchor="ctr"/>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr algn="ctr" fontAlgn="ctr">
+                        <a:buNone/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="en-US" altLang="ja-JP" sz="1100" b="0" i="0" u="none" strike="noStrike">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                        </a:rPr>
+                        <a:t>3</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="ja-JP" altLang="en-US" sz="1100" b="0" i="0" u="none" strike="noStrike">
                           <a:solidFill>
                             <a:srgbClr val="000000"/>
                           </a:solidFill>
                           <a:effectLst/>
                           <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
                           <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
                         </a:rPr>
                         <a:t>月</a:t>
                       </a:r>
                       <a:r>
-                        <a:rPr lang="en-US" altLang="ja-JP" sz="1100" b="0" i="0" u="none" strike="noStrike" dirty="0">
-[...10 lines deleted...]
-                        <a:rPr lang="ja-JP" altLang="en-US" sz="1100" b="0" i="0" u="none" strike="noStrike" dirty="0">
+                        <a:rPr lang="en-US" altLang="ja-JP" sz="1100" b="0" i="0" u="none" strike="noStrike">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                        </a:rPr>
+                        <a:t>18</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="ja-JP" altLang="en-US" sz="1100" b="0" i="0" u="none" strike="noStrike">
                           <a:solidFill>
                             <a:srgbClr val="000000"/>
                           </a:solidFill>
                           <a:effectLst/>
                           <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
                           <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
                         </a:rPr>
                         <a:t>日</a:t>
                       </a:r>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marL="9525" marR="9525" marT="9525" marB="0" anchor="ctr"/>
                 </a:tc>
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr algn="ctr" fontAlgn="ctr">
                         <a:buNone/>
                       </a:pPr>
                       <a:r>
                         <a:rPr lang="ja-JP" altLang="en-US" sz="1100" b="0" i="0" u="none" strike="noStrike">
                           <a:solidFill>
                             <a:srgbClr val="000000"/>
                           </a:solidFill>
                           <a:effectLst/>
                           <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
                           <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
                         </a:rPr>
-                        <a:t>群馬県</a:t>
-[...22 lines deleted...]
-                        <a:t>0</a:t>
+                        <a:t>東京都</a:t>
+                      </a:r>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="9525" marR="9525" marT="9525" marB="0" anchor="ctr"/>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr algn="ctr" fontAlgn="ctr">
+                        <a:buNone/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="en-US" altLang="ja-JP" sz="1100" b="0" i="0" u="none" strike="noStrike">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                        </a:rPr>
+                        <a:t>3</a:t>
                       </a:r>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marL="9525" marR="9525" marT="9525" marB="0" anchor="ctr"/>
                 </a:tc>
                 <a:extLst>
                   <a:ext uri="{0D108BD9-81ED-4DB2-BD59-A6C34878D82A}">
                     <a16:rowId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="10007"/>
                   </a:ext>
                 </a:extLst>
               </a:tr>
-              <a:tr h="188394">
+              <a:tr h="163600">
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr algn="l" fontAlgn="ctr">
                         <a:buNone/>
                       </a:pPr>
                       <a:r>
                         <a:rPr lang="ja-JP" altLang="en-US" sz="1100" b="0" i="0" u="none" strike="noStrike">
                           <a:solidFill>
                             <a:srgbClr val="000000"/>
                           </a:solidFill>
                           <a:effectLst/>
                           <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
                           <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
                         </a:rPr>
-                        <a:t>身体障害者手帳・療育手帳関連物品の購入（未確定案件見積依頼）</a:t>
-[...22 lines deleted...]
-                        <a:t>12</a:t>
+                        <a:t>キャリアアップ助成金やその他助成金の申請が可能な社労士様を探しています</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" altLang="ja-JP" sz="1100" b="0" i="0" u="none" strike="noStrike">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                        </a:rPr>
+                        <a:t>※</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="ja-JP" altLang="en-US" sz="1100" b="0" i="0" u="none" strike="noStrike">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                        </a:rPr>
+                        <a:t>顧問契約は探しておりません</a:t>
+                      </a:r>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="9525" marR="9525" marT="9525" marB="0" anchor="ctr"/>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr algn="ctr" fontAlgn="ctr">
+                        <a:buNone/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="en-US" altLang="ja-JP" sz="1100" b="0" i="0" u="none" strike="noStrike">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                        </a:rPr>
+                        <a:t>3</a:t>
                       </a:r>
                       <a:r>
                         <a:rPr lang="ja-JP" altLang="en-US" sz="1100" b="0" i="0" u="none" strike="noStrike">
                           <a:solidFill>
                             <a:srgbClr val="000000"/>
                           </a:solidFill>
                           <a:effectLst/>
                           <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
                           <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
                         </a:rPr>
                         <a:t>月</a:t>
                       </a:r>
                       <a:r>
                         <a:rPr lang="en-US" altLang="ja-JP" sz="1100" b="0" i="0" u="none" strike="noStrike">
                           <a:solidFill>
                             <a:srgbClr val="000000"/>
                           </a:solidFill>
                           <a:effectLst/>
                           <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
                           <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
                         </a:rPr>
-                        <a:t>17</a:t>
+                        <a:t>18</a:t>
                       </a:r>
                       <a:r>
                         <a:rPr lang="ja-JP" altLang="en-US" sz="1100" b="0" i="0" u="none" strike="noStrike">
                           <a:solidFill>
                             <a:srgbClr val="000000"/>
                           </a:solidFill>
                           <a:effectLst/>
                           <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
                           <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
                         </a:rPr>
                         <a:t>日</a:t>
                       </a:r>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marL="9525" marR="9525" marT="9525" marB="0" anchor="ctr"/>
                 </a:tc>
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr algn="ctr" fontAlgn="ctr">
                         <a:buNone/>
                       </a:pPr>
                       <a:r>
                         <a:rPr lang="ja-JP" altLang="en-US" sz="1100" b="0" i="0" u="none" strike="noStrike">
                           <a:solidFill>
                             <a:srgbClr val="000000"/>
                           </a:solidFill>
                           <a:effectLst/>
                           <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
                           <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
                         </a:rPr>
-                        <a:t>千葉県</a:t>
+                        <a:t>神奈川県</a:t>
                       </a:r>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marL="9525" marR="9525" marT="9525" marB="0" anchor="ctr"/>
                 </a:tc>
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr algn="ctr" fontAlgn="ctr">
                         <a:buNone/>
                       </a:pPr>
                       <a:r>
                         <a:rPr lang="en-US" altLang="ja-JP" sz="1100" b="0" i="0" u="none" strike="noStrike">
                           <a:solidFill>
                             <a:srgbClr val="000000"/>
                           </a:solidFill>
                           <a:effectLst/>
                           <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
                           <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
                         </a:rPr>
                         <a:t>0</a:t>
                       </a:r>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marL="9525" marR="9525" marT="9525" marB="0" anchor="ctr"/>
                 </a:tc>
                 <a:extLst>
                   <a:ext uri="{0D108BD9-81ED-4DB2-BD59-A6C34878D82A}">
                     <a16:rowId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="10008"/>
                   </a:ext>
                 </a:extLst>
               </a:tr>
-              <a:tr h="188394">
+              <a:tr h="318405">
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr algn="l" fontAlgn="ctr">
                         <a:buNone/>
                       </a:pPr>
                       <a:r>
                         <a:rPr lang="ja-JP" altLang="en-US" sz="1100" b="0" i="0" u="none" strike="noStrike">
                           <a:solidFill>
                             <a:srgbClr val="000000"/>
                           </a:solidFill>
                           <a:effectLst/>
                           <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
                           <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
                         </a:rPr>
-                        <a:t>選挙啓発用クリアファイルの購入（未確定案件見積依頼）</a:t>
-[...25 lines deleted...]
-                        <a:rPr lang="ja-JP" altLang="en-US" sz="1100" b="0" i="0" u="none" strike="noStrike" dirty="0">
+                        <a:t>産業廃プラスチック（</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" altLang="ja-JP" sz="1100" b="0" i="0" u="none" strike="noStrike">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                        </a:rPr>
+                        <a:t>PE</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="ja-JP" altLang="en-US" sz="1100" b="0" i="0" u="none" strike="noStrike">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                        </a:rPr>
+                        <a:t>・</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" altLang="ja-JP" sz="1100" b="0" i="0" u="none" strike="noStrike">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                        </a:rPr>
+                        <a:t>PP</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="ja-JP" altLang="en-US" sz="1100" b="0" i="0" u="none" strike="noStrike">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                        </a:rPr>
+                        <a:t>系樹脂、不織布端材、紙おむつ製造工程未使用端材）を月</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" altLang="ja-JP" sz="1100" b="0" i="0" u="none" strike="noStrike">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                        </a:rPr>
+                        <a:t>1t</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="ja-JP" altLang="en-US" sz="1100" b="0" i="0" u="none" strike="noStrike">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                        </a:rPr>
+                        <a:t>以上仕入れ希望 （未使用端材・成形ロス材歓迎）長期安定取引可能な企業様・回収業者様を募集しております。</a:t>
+                      </a:r>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="9525" marR="9525" marT="9525" marB="0" anchor="ctr"/>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr algn="ctr" fontAlgn="ctr">
+                        <a:buNone/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="en-US" altLang="ja-JP" sz="1100" b="0" i="0" u="none" strike="noStrike">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                        </a:rPr>
+                        <a:t>3</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="ja-JP" altLang="en-US" sz="1100" b="0" i="0" u="none" strike="noStrike">
                           <a:solidFill>
                             <a:srgbClr val="000000"/>
                           </a:solidFill>
                           <a:effectLst/>
                           <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
                           <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
                         </a:rPr>
                         <a:t>月</a:t>
                       </a:r>
                       <a:r>
-                        <a:rPr lang="en-US" altLang="ja-JP" sz="1100" b="0" i="0" u="none" strike="noStrike" dirty="0">
-[...10 lines deleted...]
-                        <a:rPr lang="ja-JP" altLang="en-US" sz="1100" b="0" i="0" u="none" strike="noStrike" dirty="0">
+                        <a:rPr lang="en-US" altLang="ja-JP" sz="1100" b="0" i="0" u="none" strike="noStrike">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                        </a:rPr>
+                        <a:t>19</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="ja-JP" altLang="en-US" sz="1100" b="0" i="0" u="none" strike="noStrike">
                           <a:solidFill>
                             <a:srgbClr val="000000"/>
                           </a:solidFill>
                           <a:effectLst/>
                           <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
                           <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
                         </a:rPr>
                         <a:t>日</a:t>
                       </a:r>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marL="9525" marR="9525" marT="9525" marB="0" anchor="ctr"/>
                 </a:tc>
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr algn="ctr" fontAlgn="ctr">
                         <a:buNone/>
                       </a:pPr>
                       <a:r>
                         <a:rPr lang="ja-JP" altLang="en-US" sz="1100" b="0" i="0" u="none" strike="noStrike">
                           <a:solidFill>
                             <a:srgbClr val="000000"/>
                           </a:solidFill>
                           <a:effectLst/>
                           <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
                           <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
                         </a:rPr>
-                        <a:t>千葉県</a:t>
-[...22 lines deleted...]
-                        <a:t>0</a:t>
+                        <a:t>香川県</a:t>
+                      </a:r>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="9525" marR="9525" marT="9525" marB="0" anchor="ctr"/>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr algn="ctr" fontAlgn="ctr">
+                        <a:buNone/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="en-US" altLang="ja-JP" sz="1100" b="0" i="0" u="none" strike="noStrike">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                        </a:rPr>
+                        <a:t>3</a:t>
                       </a:r>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marL="9525" marR="9525" marT="9525" marB="0" anchor="ctr"/>
                 </a:tc>
                 <a:extLst>
                   <a:ext uri="{0D108BD9-81ED-4DB2-BD59-A6C34878D82A}">
                     <a16:rowId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="10009"/>
                   </a:ext>
                 </a:extLst>
               </a:tr>
-              <a:tr h="188394">
+              <a:tr h="163600">
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr algn="l" fontAlgn="ctr">
                         <a:buNone/>
                       </a:pPr>
                       <a:r>
-                        <a:rPr lang="en-US" altLang="ja-JP" sz="1100" b="0" i="0" u="none" strike="noStrike">
-[...63 lines deleted...]
-                        <a:t>12</a:t>
+                        <a:rPr lang="ja-JP" altLang="en-US" sz="1100" b="0" i="0" u="none" strike="noStrike">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                        </a:rPr>
+                        <a:t>会員様限定の「</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" altLang="ja-JP" sz="1100" b="0" i="0" u="none" strike="noStrike">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                        </a:rPr>
+                        <a:t>EC</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="ja-JP" altLang="en-US" sz="1100" b="0" i="0" u="none" strike="noStrike">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                        </a:rPr>
+                        <a:t>サイト」に販売可能な商品を探しております。</a:t>
+                      </a:r>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="9525" marR="9525" marT="9525" marB="0" anchor="ctr"/>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr algn="ctr" fontAlgn="ctr">
+                        <a:buNone/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="en-US" altLang="ja-JP" sz="1100" b="0" i="0" u="none" strike="noStrike">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                        </a:rPr>
+                        <a:t>3</a:t>
                       </a:r>
                       <a:r>
                         <a:rPr lang="ja-JP" altLang="en-US" sz="1100" b="0" i="0" u="none" strike="noStrike">
                           <a:solidFill>
                             <a:srgbClr val="000000"/>
                           </a:solidFill>
                           <a:effectLst/>
                           <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
                           <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
                         </a:rPr>
                         <a:t>月</a:t>
                       </a:r>
                       <a:r>
                         <a:rPr lang="en-US" altLang="ja-JP" sz="1100" b="0" i="0" u="none" strike="noStrike">
                           <a:solidFill>
                             <a:srgbClr val="000000"/>
                           </a:solidFill>
                           <a:effectLst/>
                           <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
                           <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
                         </a:rPr>
-                        <a:t>18</a:t>
+                        <a:t>20</a:t>
                       </a:r>
                       <a:r>
                         <a:rPr lang="ja-JP" altLang="en-US" sz="1100" b="0" i="0" u="none" strike="noStrike">
                           <a:solidFill>
                             <a:srgbClr val="000000"/>
                           </a:solidFill>
                           <a:effectLst/>
                           <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
                           <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
                         </a:rPr>
                         <a:t>日</a:t>
                       </a:r>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marL="9525" marR="9525" marT="9525" marB="0" anchor="ctr"/>
                 </a:tc>
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr algn="ctr" fontAlgn="ctr">
                         <a:buNone/>
                       </a:pPr>
                       <a:r>
-                        <a:rPr lang="ja-JP" altLang="en-US" sz="1100" b="0" i="0" u="none" strike="noStrike" dirty="0">
-[...30 lines deleted...]
-                        <a:t>3</a:t>
+                        <a:rPr lang="ja-JP" altLang="en-US" sz="1100" b="0" i="0" u="none" strike="noStrike">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                        </a:rPr>
+                        <a:t>愛知県</a:t>
+                      </a:r>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="9525" marR="9525" marT="9525" marB="0" anchor="ctr"/>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr algn="ctr" fontAlgn="ctr">
+                        <a:buNone/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="en-US" altLang="ja-JP" sz="1100" b="0" i="0" u="none" strike="noStrike">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                        </a:rPr>
+                        <a:t>23</a:t>
                       </a:r>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marL="9525" marR="9525" marT="9525" marB="0" anchor="ctr"/>
                 </a:tc>
                 <a:extLst>
                   <a:ext uri="{0D108BD9-81ED-4DB2-BD59-A6C34878D82A}">
                     <a16:rowId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="10010"/>
                   </a:ext>
                 </a:extLst>
               </a:tr>
-              <a:tr h="188394">
+              <a:tr h="163600">
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr algn="l" fontAlgn="ctr">
                         <a:buNone/>
                       </a:pPr>
                       <a:r>
                         <a:rPr lang="ja-JP" altLang="en-US" sz="1100" b="0" i="0" u="none" strike="noStrike">
                           <a:solidFill>
                             <a:srgbClr val="000000"/>
                           </a:solidFill>
                           <a:effectLst/>
                           <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
                           <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
                         </a:rPr>
-                        <a:t>果汁の瓶詰め</a:t>
-[...44 lines deleted...]
-                        <a:t>12</a:t>
+                        <a:t>結婚証明書・命名書向け「一枚板（無垢材）」の仕入れ先の募集（継続取引希望）</a:t>
+                      </a:r>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="9525" marR="9525" marT="9525" marB="0" anchor="ctr"/>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr algn="ctr" fontAlgn="ctr">
+                        <a:buNone/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="en-US" altLang="ja-JP" sz="1100" b="0" i="0" u="none" strike="noStrike">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                        </a:rPr>
+                        <a:t>3</a:t>
                       </a:r>
                       <a:r>
                         <a:rPr lang="ja-JP" altLang="en-US" sz="1100" b="0" i="0" u="none" strike="noStrike">
                           <a:solidFill>
                             <a:srgbClr val="000000"/>
                           </a:solidFill>
                           <a:effectLst/>
                           <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
                           <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
                         </a:rPr>
                         <a:t>月</a:t>
                       </a:r>
                       <a:r>
                         <a:rPr lang="en-US" altLang="ja-JP" sz="1100" b="0" i="0" u="none" strike="noStrike">
                           <a:solidFill>
                             <a:srgbClr val="000000"/>
                           </a:solidFill>
                           <a:effectLst/>
                           <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
                           <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
                         </a:rPr>
-                        <a:t>19</a:t>
+                        <a:t>20</a:t>
                       </a:r>
                       <a:r>
                         <a:rPr lang="ja-JP" altLang="en-US" sz="1100" b="0" i="0" u="none" strike="noStrike">
                           <a:solidFill>
                             <a:srgbClr val="000000"/>
                           </a:solidFill>
                           <a:effectLst/>
                           <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
                           <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
                         </a:rPr>
                         <a:t>日</a:t>
                       </a:r>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marL="9525" marR="9525" marT="9525" marB="0" anchor="ctr"/>
                 </a:tc>
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr algn="ctr" fontAlgn="ctr">
                         <a:buNone/>
                       </a:pPr>
                       <a:r>
-                        <a:rPr lang="ja-JP" altLang="en-US" sz="1100" b="0" i="0" u="none" strike="noStrike" dirty="0">
-[...30 lines deleted...]
-                        <a:t>1</a:t>
+                        <a:rPr lang="ja-JP" altLang="en-US" sz="1100" b="0" i="0" u="none" strike="noStrike">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                        </a:rPr>
+                        <a:t>福岡県</a:t>
+                      </a:r>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="9525" marR="9525" marT="9525" marB="0" anchor="ctr"/>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr algn="ctr" fontAlgn="ctr">
+                        <a:buNone/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="en-US" altLang="ja-JP" sz="1100" b="0" i="0" u="none" strike="noStrike">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                        </a:rPr>
+                        <a:t>2</a:t>
                       </a:r>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marL="9525" marR="9525" marT="9525" marB="0" anchor="ctr"/>
                 </a:tc>
                 <a:extLst>
                   <a:ext uri="{0D108BD9-81ED-4DB2-BD59-A6C34878D82A}">
                     <a16:rowId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="10011"/>
                   </a:ext>
                 </a:extLst>
               </a:tr>
-              <a:tr h="188394">
+              <a:tr h="163600">
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr algn="l" fontAlgn="ctr">
                         <a:buNone/>
                       </a:pPr>
                       <a:r>
                         <a:rPr lang="ja-JP" altLang="en-US" sz="1100" b="0" i="0" u="none" strike="noStrike">
                           <a:solidFill>
                             <a:srgbClr val="000000"/>
                           </a:solidFill>
                           <a:effectLst/>
                           <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
                           <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
                         </a:rPr>
-                        <a:t>輸出用に釣り具メーカーのルアーを探しています。</a:t>
-[...22 lines deleted...]
-                        <a:t>12</a:t>
+                        <a:t>サロン用美容商品を仕入れたいです</a:t>
+                      </a:r>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="9525" marR="9525" marT="9525" marB="0" anchor="ctr"/>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr algn="ctr" fontAlgn="ctr">
+                        <a:buNone/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="en-US" altLang="ja-JP" sz="1100" b="0" i="0" u="none" strike="noStrike">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                        </a:rPr>
+                        <a:t>3</a:t>
                       </a:r>
                       <a:r>
                         <a:rPr lang="ja-JP" altLang="en-US" sz="1100" b="0" i="0" u="none" strike="noStrike">
                           <a:solidFill>
                             <a:srgbClr val="000000"/>
                           </a:solidFill>
                           <a:effectLst/>
                           <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
                           <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
                         </a:rPr>
                         <a:t>月</a:t>
                       </a:r>
                       <a:r>
                         <a:rPr lang="en-US" altLang="ja-JP" sz="1100" b="0" i="0" u="none" strike="noStrike">
                           <a:solidFill>
                             <a:srgbClr val="000000"/>
                           </a:solidFill>
                           <a:effectLst/>
                           <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
                           <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
                         </a:rPr>
-                        <a:t>19</a:t>
+                        <a:t>20</a:t>
                       </a:r>
                       <a:r>
                         <a:rPr lang="ja-JP" altLang="en-US" sz="1100" b="0" i="0" u="none" strike="noStrike">
                           <a:solidFill>
                             <a:srgbClr val="000000"/>
                           </a:solidFill>
                           <a:effectLst/>
                           <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
                           <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
                         </a:rPr>
                         <a:t>日</a:t>
                       </a:r>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marL="9525" marR="9525" marT="9525" marB="0" anchor="ctr"/>
                 </a:tc>
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr algn="ctr" fontAlgn="ctr">
                         <a:buNone/>
                       </a:pPr>
                       <a:r>
                         <a:rPr lang="ja-JP" altLang="en-US" sz="1100" b="0" i="0" u="none" strike="noStrike">
                           <a:solidFill>
                             <a:srgbClr val="000000"/>
                           </a:solidFill>
                           <a:effectLst/>
                           <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
                           <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
                         </a:rPr>
-                        <a:t>愛知県</a:t>
-[...14 lines deleted...]
-                        <a:rPr lang="en-US" altLang="ja-JP" sz="1100" b="0" i="0" u="none" strike="noStrike" dirty="0">
+                        <a:t>大阪府</a:t>
+                      </a:r>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="9525" marR="9525" marT="9525" marB="0" anchor="ctr"/>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr algn="ctr" fontAlgn="ctr">
+                        <a:buNone/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="en-US" altLang="ja-JP" sz="1100" b="0" i="0" u="none" strike="noStrike">
                           <a:solidFill>
                             <a:srgbClr val="000000"/>
                           </a:solidFill>
                           <a:effectLst/>
                           <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
                           <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
                         </a:rPr>
                         <a:t>3</a:t>
                       </a:r>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marL="9525" marR="9525" marT="9525" marB="0" anchor="ctr"/>
                 </a:tc>
                 <a:extLst>
                   <a:ext uri="{0D108BD9-81ED-4DB2-BD59-A6C34878D82A}">
                     <a16:rowId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="10012"/>
                   </a:ext>
                 </a:extLst>
               </a:tr>
-              <a:tr h="188394">
+              <a:tr h="163600">
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr algn="l" fontAlgn="ctr">
                         <a:buNone/>
                       </a:pPr>
                       <a:r>
                         <a:rPr lang="ja-JP" altLang="en-US" sz="1100" b="0" i="0" u="none" strike="noStrike">
                           <a:solidFill>
                             <a:srgbClr val="000000"/>
                           </a:solidFill>
                           <a:effectLst/>
                           <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
                           <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
                         </a:rPr>
-                        <a:t>グルメ・季節・ギフト商品のドロップシッピング（掛け取引およびメーカー直送）可能な商材を探しています。</a:t>
-[...22 lines deleted...]
-                        <a:t>12</a:t>
+                        <a:t>海外で販売するために</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" altLang="ja-JP" sz="1100" b="0" i="0" u="none" strike="noStrike">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                        </a:rPr>
+                        <a:t>SHIMANO</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="ja-JP" altLang="en-US" sz="1100" b="0" i="0" u="none" strike="noStrike">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                        </a:rPr>
+                        <a:t>のリールの卸をお願いできるところを探しています</a:t>
+                      </a:r>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="9525" marR="9525" marT="9525" marB="0" anchor="ctr"/>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr algn="ctr" fontAlgn="ctr">
+                        <a:buNone/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="en-US" altLang="ja-JP" sz="1100" b="0" i="0" u="none" strike="noStrike">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                        </a:rPr>
+                        <a:t>3</a:t>
                       </a:r>
                       <a:r>
                         <a:rPr lang="ja-JP" altLang="en-US" sz="1100" b="0" i="0" u="none" strike="noStrike">
                           <a:solidFill>
                             <a:srgbClr val="000000"/>
                           </a:solidFill>
                           <a:effectLst/>
                           <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
                           <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
                         </a:rPr>
                         <a:t>月</a:t>
                       </a:r>
                       <a:r>
                         <a:rPr lang="en-US" altLang="ja-JP" sz="1100" b="0" i="0" u="none" strike="noStrike">
                           <a:solidFill>
                             <a:srgbClr val="000000"/>
                           </a:solidFill>
                           <a:effectLst/>
                           <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
                           <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
                         </a:rPr>
-                        <a:t>19</a:t>
+                        <a:t>20</a:t>
                       </a:r>
                       <a:r>
                         <a:rPr lang="ja-JP" altLang="en-US" sz="1100" b="0" i="0" u="none" strike="noStrike">
                           <a:solidFill>
                             <a:srgbClr val="000000"/>
                           </a:solidFill>
                           <a:effectLst/>
                           <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
                           <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
                         </a:rPr>
                         <a:t>日</a:t>
                       </a:r>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marL="9525" marR="9525" marT="9525" marB="0" anchor="ctr"/>
                 </a:tc>
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr algn="ctr" fontAlgn="ctr">
                         <a:buNone/>
                       </a:pPr>
                       <a:r>
                         <a:rPr lang="ja-JP" altLang="en-US" sz="1100" b="0" i="0" u="none" strike="noStrike">
                           <a:solidFill>
                             <a:srgbClr val="000000"/>
                           </a:solidFill>
                           <a:effectLst/>
                           <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
                           <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
                         </a:rPr>
-                        <a:t>岩手県</a:t>
-[...22 lines deleted...]
-                        <a:t>0</a:t>
+                        <a:t>京都府</a:t>
+                      </a:r>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="9525" marR="9525" marT="9525" marB="0" anchor="ctr"/>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr algn="ctr" fontAlgn="ctr">
+                        <a:buNone/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="en-US" altLang="ja-JP" sz="1100" b="0" i="0" u="none" strike="noStrike">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                        </a:rPr>
+                        <a:t>1</a:t>
                       </a:r>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marL="9525" marR="9525" marT="9525" marB="0" anchor="ctr"/>
                 </a:tc>
                 <a:extLst>
                   <a:ext uri="{0D108BD9-81ED-4DB2-BD59-A6C34878D82A}">
                     <a16:rowId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="10013"/>
                   </a:ext>
                 </a:extLst>
               </a:tr>
-              <a:tr h="188394">
+              <a:tr h="163600">
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr algn="l" fontAlgn="ctr">
                         <a:buNone/>
                       </a:pPr>
                       <a:r>
                         <a:rPr lang="ja-JP" altLang="en-US" sz="1100" b="0" i="0" u="none" strike="noStrike">
                           <a:solidFill>
                             <a:srgbClr val="000000"/>
                           </a:solidFill>
                           <a:effectLst/>
                           <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
                           <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
                         </a:rPr>
-                        <a:t>在庫処分品、特価品などの商品のご提案を募集</a:t>
-[...22 lines deleted...]
-                        <a:t>12</a:t>
+                        <a:t>商品パッケージ用（真空可）の袋を作成できる会社様を探しています</a:t>
+                      </a:r>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="9525" marR="9525" marT="9525" marB="0" anchor="ctr"/>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr algn="ctr" fontAlgn="ctr">
+                        <a:buNone/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="en-US" altLang="ja-JP" sz="1100" b="0" i="0" u="none" strike="noStrike">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                        </a:rPr>
+                        <a:t>3</a:t>
                       </a:r>
                       <a:r>
                         <a:rPr lang="ja-JP" altLang="en-US" sz="1100" b="0" i="0" u="none" strike="noStrike">
                           <a:solidFill>
                             <a:srgbClr val="000000"/>
                           </a:solidFill>
                           <a:effectLst/>
                           <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
                           <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
                         </a:rPr>
                         <a:t>月</a:t>
                       </a:r>
                       <a:r>
                         <a:rPr lang="en-US" altLang="ja-JP" sz="1100" b="0" i="0" u="none" strike="noStrike">
                           <a:solidFill>
                             <a:srgbClr val="000000"/>
                           </a:solidFill>
                           <a:effectLst/>
                           <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
                           <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
                         </a:rPr>
-                        <a:t>19</a:t>
+                        <a:t>20</a:t>
                       </a:r>
                       <a:r>
                         <a:rPr lang="ja-JP" altLang="en-US" sz="1100" b="0" i="0" u="none" strike="noStrike">
                           <a:solidFill>
                             <a:srgbClr val="000000"/>
                           </a:solidFill>
                           <a:effectLst/>
                           <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
                           <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
                         </a:rPr>
                         <a:t>日</a:t>
                       </a:r>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marL="9525" marR="9525" marT="9525" marB="0" anchor="ctr"/>
                 </a:tc>
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr algn="ctr" fontAlgn="ctr">
                         <a:buNone/>
                       </a:pPr>
                       <a:r>
                         <a:rPr lang="ja-JP" altLang="en-US" sz="1100" b="0" i="0" u="none" strike="noStrike">
                           <a:solidFill>
                             <a:srgbClr val="000000"/>
                           </a:solidFill>
                           <a:effectLst/>
                           <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
                           <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
                         </a:rPr>
-                        <a:t>東京都</a:t>
-[...22 lines deleted...]
-                        <a:t>5</a:t>
+                        <a:t>大阪府</a:t>
+                      </a:r>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="9525" marR="9525" marT="9525" marB="0" anchor="ctr"/>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr algn="ctr" fontAlgn="ctr">
+                        <a:buNone/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="en-US" altLang="ja-JP" sz="1100" b="0" i="0" u="none" strike="noStrike">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                        </a:rPr>
+                        <a:t>2</a:t>
                       </a:r>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marL="9525" marR="9525" marT="9525" marB="0" anchor="ctr"/>
                 </a:tc>
                 <a:extLst>
                   <a:ext uri="{0D108BD9-81ED-4DB2-BD59-A6C34878D82A}">
                     <a16:rowId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="10014"/>
                   </a:ext>
                 </a:extLst>
               </a:tr>
-              <a:tr h="188394">
+              <a:tr h="163600">
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr algn="l" fontAlgn="ctr">
                         <a:buNone/>
                       </a:pPr>
                       <a:r>
                         <a:rPr lang="ja-JP" altLang="en-US" sz="1100" b="0" i="0" u="none" strike="noStrike">
                           <a:solidFill>
                             <a:srgbClr val="000000"/>
                           </a:solidFill>
                           <a:effectLst/>
                           <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
                           <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
                         </a:rPr>
-                        <a:t>海外向けノベルティを探しています。</a:t>
-[...22 lines deleted...]
-                        <a:t>12</a:t>
+                        <a:t>食品（粉状）を１００ｇ程度を袋に小分けしていただける業者を探しております。</a:t>
+                      </a:r>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="9525" marR="9525" marT="9525" marB="0" anchor="ctr"/>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr algn="ctr" fontAlgn="ctr">
+                        <a:buNone/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="en-US" altLang="ja-JP" sz="1100" b="0" i="0" u="none" strike="noStrike">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                        </a:rPr>
+                        <a:t>3</a:t>
                       </a:r>
                       <a:r>
                         <a:rPr lang="ja-JP" altLang="en-US" sz="1100" b="0" i="0" u="none" strike="noStrike">
                           <a:solidFill>
                             <a:srgbClr val="000000"/>
                           </a:solidFill>
                           <a:effectLst/>
                           <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
                           <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
                         </a:rPr>
                         <a:t>月</a:t>
                       </a:r>
                       <a:r>
                         <a:rPr lang="en-US" altLang="ja-JP" sz="1100" b="0" i="0" u="none" strike="noStrike">
                           <a:solidFill>
                             <a:srgbClr val="000000"/>
                           </a:solidFill>
                           <a:effectLst/>
                           <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
                           <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
                         </a:rPr>
-                        <a:t>19</a:t>
+                        <a:t>22</a:t>
                       </a:r>
                       <a:r>
                         <a:rPr lang="ja-JP" altLang="en-US" sz="1100" b="0" i="0" u="none" strike="noStrike">
                           <a:solidFill>
                             <a:srgbClr val="000000"/>
                           </a:solidFill>
                           <a:effectLst/>
                           <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
                           <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
                         </a:rPr>
                         <a:t>日</a:t>
                       </a:r>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marL="9525" marR="9525" marT="9525" marB="0" anchor="ctr"/>
                 </a:tc>
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr algn="ctr" fontAlgn="ctr">
                         <a:buNone/>
                       </a:pPr>
                       <a:r>
                         <a:rPr lang="ja-JP" altLang="en-US" sz="1100" b="0" i="0" u="none" strike="noStrike">
                           <a:solidFill>
                             <a:srgbClr val="000000"/>
                           </a:solidFill>
                           <a:effectLst/>
                           <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
                           <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
                         </a:rPr>
-                        <a:t>大阪府</a:t>
-[...22 lines deleted...]
-                        <a:t>2</a:t>
+                        <a:t>兵庫県</a:t>
+                      </a:r>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="9525" marR="9525" marT="9525" marB="0" anchor="ctr"/>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr algn="ctr" fontAlgn="ctr">
+                        <a:buNone/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="en-US" altLang="ja-JP" sz="1100" b="0" i="0" u="none" strike="noStrike">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                        </a:rPr>
+                        <a:t>5</a:t>
                       </a:r>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marL="9525" marR="9525" marT="9525" marB="0" anchor="ctr"/>
                 </a:tc>
                 <a:extLst>
                   <a:ext uri="{0D108BD9-81ED-4DB2-BD59-A6C34878D82A}">
                     <a16:rowId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="425783478"/>
                   </a:ext>
                 </a:extLst>
               </a:tr>
-              <a:tr h="188394">
+              <a:tr h="163600">
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr algn="l" fontAlgn="ctr">
                         <a:buNone/>
                       </a:pPr>
                       <a:r>
                         <a:rPr lang="ja-JP" altLang="en-US" sz="1100" b="0" i="0" u="none" strike="noStrike">
                           <a:solidFill>
                             <a:srgbClr val="000000"/>
                           </a:solidFill>
                           <a:effectLst/>
                           <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
                           <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
                         </a:rPr>
-                        <a:t>日本産　桧のボール　</a:t>
-[...66 lines deleted...]
-                        <a:t>12</a:t>
+                        <a:t>花粉症対策商品を探しています。</a:t>
+                      </a:r>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="9525" marR="9525" marT="9525" marB="0" anchor="ctr"/>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr algn="ctr" fontAlgn="ctr">
+                        <a:buNone/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="en-US" altLang="ja-JP" sz="1100" b="0" i="0" u="none" strike="noStrike">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                        </a:rPr>
+                        <a:t>3</a:t>
                       </a:r>
                       <a:r>
                         <a:rPr lang="ja-JP" altLang="en-US" sz="1100" b="0" i="0" u="none" strike="noStrike">
                           <a:solidFill>
                             <a:srgbClr val="000000"/>
                           </a:solidFill>
                           <a:effectLst/>
                           <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
                           <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
                         </a:rPr>
                         <a:t>月</a:t>
                       </a:r>
                       <a:r>
                         <a:rPr lang="en-US" altLang="ja-JP" sz="1100" b="0" i="0" u="none" strike="noStrike">
                           <a:solidFill>
                             <a:srgbClr val="000000"/>
                           </a:solidFill>
                           <a:effectLst/>
                           <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
                           <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
                         </a:rPr>
-                        <a:t>20</a:t>
+                        <a:t>23</a:t>
                       </a:r>
                       <a:r>
                         <a:rPr lang="ja-JP" altLang="en-US" sz="1100" b="0" i="0" u="none" strike="noStrike">
                           <a:solidFill>
                             <a:srgbClr val="000000"/>
                           </a:solidFill>
                           <a:effectLst/>
                           <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
                           <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
                         </a:rPr>
                         <a:t>日</a:t>
                       </a:r>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marL="9525" marR="9525" marT="9525" marB="0" anchor="ctr"/>
                 </a:tc>
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr algn="ctr" fontAlgn="ctr">
                         <a:buNone/>
                       </a:pPr>
                       <a:r>
                         <a:rPr lang="ja-JP" altLang="en-US" sz="1100" b="0" i="0" u="none" strike="noStrike">
                           <a:solidFill>
                             <a:srgbClr val="000000"/>
                           </a:solidFill>
                           <a:effectLst/>
                           <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
                           <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
                         </a:rPr>
-                        <a:t>埼玉県</a:t>
-[...22 lines deleted...]
-                        <a:t>3</a:t>
+                        <a:t>東京都</a:t>
+                      </a:r>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="9525" marR="9525" marT="9525" marB="0" anchor="ctr"/>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr algn="ctr" fontAlgn="ctr">
+                        <a:buNone/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="en-US" altLang="ja-JP" sz="1100" b="0" i="0" u="none" strike="noStrike" dirty="0">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                        </a:rPr>
+                        <a:t>2</a:t>
                       </a:r>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marL="9525" marR="9525" marT="9525" marB="0" anchor="ctr"/>
                 </a:tc>
                 <a:extLst>
                   <a:ext uri="{0D108BD9-81ED-4DB2-BD59-A6C34878D82A}">
                     <a16:rowId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="2095567846"/>
-                  </a:ext>
-[...152 lines deleted...]
-                    <a16:rowId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="2492119229"/>
                   </a:ext>
                 </a:extLst>
               </a:tr>
             </a:tbl>
           </a:graphicData>
         </a:graphic>
       </p:graphicFrame>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3975499192"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
-<file path=ppt/slides/slide2.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=ppt/slides/slide3.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name="">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{5D6B3084-25BB-9E84-631F-80C7A2A7BC58}"/>
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{9BDFBFF4-CFDB-B44A-A074-618738BA6F46}"/>
             </a:ext>
           </a:extLst>
         </p:cNvPr>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:pic>
         <p:nvPicPr>
           <p:cNvPr id="5" name="図 4">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{B823A4C8-5900-EE75-E65E-E1E9B7A2CB19}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00FC762C-33A6-1318-09F3-39D6DB57D601}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1"/>
           </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
           <a:blip r:embed="rId2">
             <a:extLst>
               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                 <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
               </a:ext>
             </a:extLst>
           </a:blip>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
             <a:off x="993508" y="188493"/>
             <a:ext cx="5044048" cy="1442368"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
       </p:pic>
       <p:pic>
         <p:nvPicPr>
           <p:cNvPr id="6" name="図 5">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{1A7D0568-2D9C-768B-3FB4-F26090CBC8A9}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{0FA4BD18-441C-D583-A21A-BD78C5E9BCF2}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1"/>
           </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
           <a:blip r:embed="rId3" cstate="print">
             <a:extLst>
               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                 <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
               </a:ext>
             </a:extLst>
           </a:blip>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
             <a:off x="5993744" y="432311"/>
             <a:ext cx="1071424" cy="1071424"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
       </p:pic>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="7" name="テキスト ボックス 6">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{C153CBED-26D7-49CF-EF3F-26703F35C8CB}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{A03AD89B-6CC7-F8D0-8D43-8A06C0AA713A}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="7137354" y="598017"/>
             <a:ext cx="3866605" cy="615553"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr marL="171450" indent="-171450">
               <a:buFont typeface="Wingdings" panose="05000000000000000000" pitchFamily="2" charset="2"/>
               <a:buChar char="l"/>
@@ -7512,175 +11486,175 @@
           </a:p>
           <a:p>
             <a:pPr marL="171450" indent="-171450">
               <a:buFont typeface="Wingdings" panose="05000000000000000000" pitchFamily="2" charset="2"/>
               <a:buChar char="l"/>
             </a:pPr>
             <a:r>
               <a:rPr lang="ja-JP" altLang="en-US" sz="800" dirty="0">
                 <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
                 <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
               </a:rPr>
               <a:t>１つのユーザー登録（無料）で売り手側にも買い手側にも</a:t>
             </a:r>
             <a:endParaRPr kumimoji="1" lang="ja-JP" altLang="en-US" sz="800" dirty="0">
               <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
               <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="9" name="テキスト ボックス 8">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{24EC91F4-E412-690F-6273-538AB8791E0A}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{863C62CE-9FBC-9897-C7FA-589A3915FFD5}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="7137354" y="316234"/>
             <a:ext cx="4048125" cy="276999"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="square" rtlCol="0">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:r>
               <a:rPr lang="en-US" altLang="ja-JP" sz="1200" b="1" dirty="0">
                 <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
                 <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
               </a:rPr>
               <a:t>https://www.b-mall.ne.jp/syodan/</a:t>
             </a:r>
             <a:endParaRPr kumimoji="1" lang="ja-JP" altLang="en-US" sz="1200" b="1" dirty="0">
               <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
               <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:cxnSp>
         <p:nvCxnSpPr>
           <p:cNvPr id="11" name="直線コネクタ 10">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{434BF33D-DE31-FBE0-7EC8-9B8F65E96B77}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{E221E7A4-3909-D8FF-36D4-8B57D84BC1A0}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvCxnSpPr/>
           <p:nvPr/>
         </p:nvCxnSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="0" y="1616539"/>
             <a:ext cx="12192000" cy="0"/>
           </a:xfrm>
           <a:prstGeom prst="line">
             <a:avLst/>
           </a:prstGeom>
           <a:ln w="38100">
             <a:solidFill>
               <a:srgbClr val="0066CB"/>
             </a:solidFill>
           </a:ln>
         </p:spPr>
         <p:style>
           <a:lnRef idx="1">
             <a:schemeClr val="accent1"/>
           </a:lnRef>
           <a:fillRef idx="0">
             <a:schemeClr val="accent1"/>
           </a:fillRef>
           <a:effectRef idx="0">
             <a:schemeClr val="accent1"/>
           </a:effectRef>
           <a:fontRef idx="minor">
             <a:schemeClr val="tx1"/>
           </a:fontRef>
         </p:style>
       </p:cxnSp>
       <p:cxnSp>
         <p:nvCxnSpPr>
           <p:cNvPr id="12" name="直線コネクタ 11">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{67A68129-35EA-3537-E4B3-7FD82F6122EB}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{47BCC004-19B2-09E3-CB98-0767A3CDBB74}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvCxnSpPr/>
           <p:nvPr/>
         </p:nvCxnSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="0" y="1654639"/>
             <a:ext cx="12192000" cy="0"/>
           </a:xfrm>
           <a:prstGeom prst="line">
             <a:avLst/>
           </a:prstGeom>
           <a:ln w="38100">
             <a:solidFill>
               <a:srgbClr val="FFFF00"/>
             </a:solidFill>
           </a:ln>
         </p:spPr>
         <p:style>
           <a:lnRef idx="1">
             <a:schemeClr val="accent1"/>
           </a:lnRef>
           <a:fillRef idx="0">
             <a:schemeClr val="accent1"/>
           </a:fillRef>
           <a:effectRef idx="0">
             <a:schemeClr val="accent1"/>
           </a:effectRef>
           <a:fontRef idx="minor">
             <a:schemeClr val="tx1"/>
           </a:fontRef>
         </p:style>
       </p:cxnSp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="13" name="テキスト ボックス 12">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{08ED8FA8-BF04-33CF-DAB9-73B9BD7D6993}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{0175D14D-B7AC-BEDF-E28A-77FEFE5008EB}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="1619377" y="6173143"/>
             <a:ext cx="5444350" cy="384721"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr lvl="0"/>
             <a:r>
               <a:rPr lang="ja-JP" altLang="en-US" sz="900" dirty="0">
@@ -7786,51 +11760,51 @@
                 </a:solidFill>
                 <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
                 <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
                 <a:cs typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
               </a:rPr>
               <a:t>をお持ちでない方はザ・ビジネスモールサイトからご登録下さい</a:t>
             </a:r>
             <a:endParaRPr lang="en-US" altLang="ja-JP" sz="700" dirty="0">
               <a:solidFill>
                 <a:schemeClr val="bg1">
                   <a:lumMod val="50000"/>
                 </a:schemeClr>
               </a:solidFill>
               <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
               <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
               <a:cs typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="14" name="テキスト ボックス 13">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{2FE19EB8-972C-95B9-BF99-FC07B17C8416}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{C8D78BE8-0C08-5647-9FBA-89C575162F89}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="6925172" y="6130782"/>
             <a:ext cx="3911589" cy="461665"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="square" tIns="0" bIns="0" rtlCol="0">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:r>
               <a:rPr lang="ja-JP" altLang="ja-JP" sz="600" b="1" dirty="0">
                 <a:latin typeface="BIZ UDゴシック" panose="020B0400000000000000" pitchFamily="49" charset="-128"/>
@@ -7894,259 +11868,259 @@
               <a:rPr lang="ja-JP" altLang="ja-JP" sz="600" dirty="0">
                 <a:latin typeface="BIZ UDゴシック" panose="020B0400000000000000" pitchFamily="49" charset="-128"/>
                 <a:ea typeface="BIZ UDゴシック" panose="020B0400000000000000" pitchFamily="49" charset="-128"/>
                 <a:cs typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
               </a:rPr>
               <a:t>・案件主は、ザ・ビジネスモールに参画している商工会議所・商工会の会員企業です。</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:r>
               <a:rPr lang="ja-JP" altLang="ja-JP" sz="600" dirty="0">
                 <a:latin typeface="BIZ UDゴシック" panose="020B0400000000000000" pitchFamily="49" charset="-128"/>
                 <a:ea typeface="BIZ UDゴシック" panose="020B0400000000000000" pitchFamily="49" charset="-128"/>
                 <a:cs typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
               </a:rPr>
               <a:t>・当所ではこのサイトに掲載している企業との取引を保証しているものではありません。</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:cxnSp>
         <p:nvCxnSpPr>
           <p:cNvPr id="16" name="直線コネクタ 15">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{FC6C2748-DB7B-E629-11C0-36648D899472}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{78AA1582-3F22-889A-4696-59E69179478B}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvCxnSpPr/>
           <p:nvPr/>
         </p:nvCxnSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="0" y="6092682"/>
             <a:ext cx="12268200" cy="0"/>
           </a:xfrm>
           <a:prstGeom prst="line">
             <a:avLst/>
           </a:prstGeom>
           <a:ln>
             <a:solidFill>
               <a:schemeClr val="bg1">
                 <a:lumMod val="65000"/>
               </a:schemeClr>
             </a:solidFill>
           </a:ln>
         </p:spPr>
         <p:style>
           <a:lnRef idx="1">
             <a:schemeClr val="accent1"/>
           </a:lnRef>
           <a:fillRef idx="0">
             <a:schemeClr val="accent1"/>
           </a:fillRef>
           <a:effectRef idx="0">
             <a:schemeClr val="accent1"/>
           </a:effectRef>
           <a:fontRef idx="minor">
             <a:schemeClr val="tx1"/>
           </a:fontRef>
         </p:style>
       </p:cxnSp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="18" name="テキスト ボックス 17">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{882EFBCA-47C9-49C4-D40B-158CC50D548E}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{B30D2495-08F2-83B9-2531-372AE6C96E54}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="7063727" y="1267904"/>
             <a:ext cx="3900439" cy="261610"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:solidFill>
             <a:srgbClr val="0070C0"/>
           </a:solidFill>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="square" rtlCol="0">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:r>
               <a:rPr lang="ja-JP" altLang="en-US" sz="1100" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="bg1"/>
                 </a:solidFill>
                 <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
                 <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
                 <a:cs typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
               </a:rPr>
               <a:t>ザ・商談モール［募集中］案件一覧　</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" altLang="ja-JP" sz="1100" b="1" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="FFFF00"/>
                 </a:solidFill>
                 <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
                 <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
                 <a:cs typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
               </a:rPr>
-              <a:t>2025</a:t>
+              <a:t>2026</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="ja-JP" altLang="en-US" sz="1100" b="1" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="FFFF00"/>
                 </a:solidFill>
                 <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
                 <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
                 <a:cs typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
               </a:rPr>
               <a:t>年</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" altLang="ja-JP" sz="1100" b="1" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="FFFF00"/>
                 </a:solidFill>
                 <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
                 <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
                 <a:cs typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
               </a:rPr>
-              <a:t>12</a:t>
+              <a:t>3</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="ja-JP" altLang="en-US" sz="1100" b="1" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="FFFF00"/>
                 </a:solidFill>
                 <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
                 <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
                 <a:cs typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
               </a:rPr>
               <a:t>月</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" altLang="ja-JP" sz="1100" b="1" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="FFFF00"/>
                 </a:solidFill>
                 <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
                 <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
                 <a:cs typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
               </a:rPr>
-              <a:t>15</a:t>
+              <a:t>9</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="ja-JP" altLang="en-US" sz="1100" b="1" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="FFFF00"/>
                 </a:solidFill>
                 <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
                 <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
                 <a:cs typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
               </a:rPr>
               <a:t>日版</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:graphicFrame>
         <p:nvGraphicFramePr>
           <p:cNvPr id="15" name="表 14">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{BF8F7020-5D99-CC0C-D87B-9E10213EC119}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{221ACE04-29E9-4051-7ACF-407424E9C919}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvGraphicFramePr>
             <a:graphicFrameLocks noGrp="1"/>
           </p:cNvGraphicFramePr>
           <p:nvPr>
             <p:extLst>
               <p:ext uri="{D42A27DB-BD31-4B8C-83A1-F6EECF244321}">
-                <p14:modId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3819277733"/>
+                <p14:modId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2077796897"/>
               </p:ext>
             </p:extLst>
           </p:nvPr>
         </p:nvGraphicFramePr>
         <p:xfrm>
-          <a:off x="1071152" y="1704791"/>
-          <a:ext cx="9893013" cy="4243167"/>
+          <a:off x="1071152" y="1704795"/>
+          <a:ext cx="9893013" cy="4346098"/>
         </p:xfrm>
         <a:graphic>
           <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/table">
             <a:tbl>
               <a:tblPr>
                 <a:tableStyleId>{5C22544A-7EE6-4342-B048-85BDC9FD1C3A}</a:tableStyleId>
               </a:tblPr>
               <a:tblGrid>
                 <a:gridCol w="6956901">
                   <a:extLst>
                     <a:ext uri="{9D8B030D-6E8A-4147-A177-3AD203B41FA5}">
                       <a16:colId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="20000"/>
                     </a:ext>
                   </a:extLst>
                 </a:gridCol>
                 <a:gridCol w="978704">
                   <a:extLst>
                     <a:ext uri="{9D8B030D-6E8A-4147-A177-3AD203B41FA5}">
                       <a16:colId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="20001"/>
                     </a:ext>
                   </a:extLst>
                 </a:gridCol>
                 <a:gridCol w="978704">
                   <a:extLst>
                     <a:ext uri="{9D8B030D-6E8A-4147-A177-3AD203B41FA5}">
                       <a16:colId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="20002"/>
                     </a:ext>
                   </a:extLst>
                 </a:gridCol>
                 <a:gridCol w="978704">
                   <a:extLst>
                     <a:ext uri="{9D8B030D-6E8A-4147-A177-3AD203B41FA5}">
                       <a16:colId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="20003"/>
                     </a:ext>
                   </a:extLst>
                 </a:gridCol>
               </a:tblGrid>
-              <a:tr h="186102">
+              <a:tr h="158294">
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr algn="ctr" fontAlgn="b"/>
                       <a:r>
                         <a:rPr lang="ja-JP" altLang="en-US" sz="1050" b="0" i="0" u="none" strike="noStrike" dirty="0">
                           <a:solidFill>
                             <a:srgbClr val="000000"/>
                           </a:solidFill>
                           <a:effectLst/>
                           <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
                           <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
                         </a:rPr>
                         <a:t>案件名</a:t>
                       </a:r>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marL="9525" marR="9525" marT="9525" marB="0" anchor="ctr">
                     <a:solidFill>
                       <a:schemeClr val="accent1">
                         <a:lumMod val="60000"/>
                         <a:lumOff val="40000"/>
                       </a:schemeClr>
@@ -8221,631 +12195,708 @@
                             <a:srgbClr val="000000"/>
                           </a:solidFill>
                           <a:effectLst/>
                           <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
                           <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
                         </a:rPr>
                         <a:t>提案数</a:t>
                       </a:r>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marL="9525" marR="9525" marT="9525" marB="0" anchor="ctr">
                     <a:solidFill>
                       <a:schemeClr val="accent1">
                         <a:lumMod val="60000"/>
                         <a:lumOff val="40000"/>
                       </a:schemeClr>
                     </a:solidFill>
                   </a:tcPr>
                 </a:tc>
                 <a:extLst>
                   <a:ext uri="{0D108BD9-81ED-4DB2-BD59-A6C34878D82A}">
                     <a16:rowId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="10000"/>
                   </a:ext>
                 </a:extLst>
               </a:tr>
-              <a:tr h="186102">
+              <a:tr h="165408">
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr algn="l" fontAlgn="ctr">
                         <a:buNone/>
                       </a:pPr>
                       <a:r>
-                        <a:rPr lang="ja-JP" altLang="en-US" sz="1100" b="0" i="0" u="none" strike="noStrike" dirty="0">
-[...30 lines deleted...]
-                        <a:t>12</a:t>
+                        <a:rPr lang="ja-JP" altLang="en-US" sz="1100" b="0" i="0" u="none" strike="noStrike">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                        </a:rPr>
+                        <a:t>茶葉のティーバッグ加工（充填・包装）を行っていただける業者様を募集しております。</a:t>
+                      </a:r>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="9525" marR="9525" marT="9525" marB="0" anchor="ctr"/>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr algn="ctr" fontAlgn="ctr">
+                        <a:buNone/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="en-US" altLang="ja-JP" sz="1100" b="0" i="0" u="none" strike="noStrike">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                        </a:rPr>
+                        <a:t>3</a:t>
                       </a:r>
                       <a:r>
                         <a:rPr lang="ja-JP" altLang="en-US" sz="1100" b="0" i="0" u="none" strike="noStrike">
                           <a:solidFill>
                             <a:srgbClr val="000000"/>
                           </a:solidFill>
                           <a:effectLst/>
                           <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
                           <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
                         </a:rPr>
                         <a:t>月</a:t>
                       </a:r>
                       <a:r>
                         <a:rPr lang="en-US" altLang="ja-JP" sz="1100" b="0" i="0" u="none" strike="noStrike">
                           <a:solidFill>
                             <a:srgbClr val="000000"/>
                           </a:solidFill>
                           <a:effectLst/>
                           <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
                           <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
                         </a:rPr>
-                        <a:t>21</a:t>
+                        <a:t>24</a:t>
                       </a:r>
                       <a:r>
                         <a:rPr lang="ja-JP" altLang="en-US" sz="1100" b="0" i="0" u="none" strike="noStrike">
                           <a:solidFill>
                             <a:srgbClr val="000000"/>
                           </a:solidFill>
                           <a:effectLst/>
                           <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
                           <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
                         </a:rPr>
                         <a:t>日</a:t>
                       </a:r>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marL="9525" marR="9525" marT="9525" marB="0" anchor="ctr"/>
                 </a:tc>
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr algn="ctr" fontAlgn="ctr">
                         <a:buNone/>
                       </a:pPr>
                       <a:r>
                         <a:rPr lang="ja-JP" altLang="en-US" sz="1100" b="0" i="0" u="none" strike="noStrike">
                           <a:solidFill>
                             <a:srgbClr val="000000"/>
                           </a:solidFill>
                           <a:effectLst/>
                           <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
                           <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
                         </a:rPr>
-                        <a:t>佐賀県</a:t>
-[...22 lines deleted...]
-                        <a:t>1</a:t>
+                        <a:t>埼玉県</a:t>
+                      </a:r>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="9525" marR="9525" marT="9525" marB="0" anchor="ctr"/>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr algn="ctr" fontAlgn="ctr">
+                        <a:buNone/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="en-US" altLang="ja-JP" sz="1100" b="0" i="0" u="none" strike="noStrike">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                        </a:rPr>
+                        <a:t>3</a:t>
                       </a:r>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marL="9525" marR="9525" marT="9525" marB="0" anchor="ctr"/>
                 </a:tc>
                 <a:extLst>
                   <a:ext uri="{0D108BD9-81ED-4DB2-BD59-A6C34878D82A}">
                     <a16:rowId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="10002"/>
                   </a:ext>
                 </a:extLst>
               </a:tr>
-              <a:tr h="186102">
+              <a:tr h="165408">
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr algn="l" fontAlgn="ctr">
                         <a:buNone/>
                       </a:pPr>
                       <a:r>
                         <a:rPr lang="ja-JP" altLang="en-US" sz="1100" b="0" i="0" u="none" strike="noStrike">
                           <a:solidFill>
                             <a:srgbClr val="000000"/>
                           </a:solidFill>
                           <a:effectLst/>
                           <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
                           <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
                         </a:rPr>
-                        <a:t>圧縮タオルの購入（未確定案件見積依頼）</a:t>
-[...22 lines deleted...]
-                        <a:t>12</a:t>
+                        <a:t>ドラッグストアでの販売商品提案募集</a:t>
+                      </a:r>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="9525" marR="9525" marT="9525" marB="0" anchor="ctr"/>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr algn="ctr" fontAlgn="ctr">
+                        <a:buNone/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="en-US" altLang="ja-JP" sz="1100" b="0" i="0" u="none" strike="noStrike">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                        </a:rPr>
+                        <a:t>3</a:t>
                       </a:r>
                       <a:r>
                         <a:rPr lang="ja-JP" altLang="en-US" sz="1100" b="0" i="0" u="none" strike="noStrike">
                           <a:solidFill>
                             <a:srgbClr val="000000"/>
                           </a:solidFill>
                           <a:effectLst/>
                           <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
                           <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
                         </a:rPr>
                         <a:t>月</a:t>
                       </a:r>
                       <a:r>
                         <a:rPr lang="en-US" altLang="ja-JP" sz="1100" b="0" i="0" u="none" strike="noStrike">
                           <a:solidFill>
                             <a:srgbClr val="000000"/>
                           </a:solidFill>
                           <a:effectLst/>
                           <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
                           <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
                         </a:rPr>
-                        <a:t>21</a:t>
+                        <a:t>24</a:t>
                       </a:r>
                       <a:r>
                         <a:rPr lang="ja-JP" altLang="en-US" sz="1100" b="0" i="0" u="none" strike="noStrike">
                           <a:solidFill>
                             <a:srgbClr val="000000"/>
                           </a:solidFill>
                           <a:effectLst/>
                           <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
                           <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
                         </a:rPr>
                         <a:t>日</a:t>
                       </a:r>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marL="9525" marR="9525" marT="9525" marB="0" anchor="ctr"/>
                 </a:tc>
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr algn="ctr" fontAlgn="ctr">
                         <a:buNone/>
                       </a:pPr>
                       <a:r>
                         <a:rPr lang="ja-JP" altLang="en-US" sz="1100" b="0" i="0" u="none" strike="noStrike">
                           <a:solidFill>
                             <a:srgbClr val="000000"/>
                           </a:solidFill>
                           <a:effectLst/>
                           <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
                           <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
                         </a:rPr>
-                        <a:t>千葉県</a:t>
-[...22 lines deleted...]
-                        <a:t>8</a:t>
+                        <a:t>東京都</a:t>
+                      </a:r>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="9525" marR="9525" marT="9525" marB="0" anchor="ctr"/>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr algn="ctr" fontAlgn="ctr">
+                        <a:buNone/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="en-US" altLang="ja-JP" sz="1100" b="0" i="0" u="none" strike="noStrike">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                        </a:rPr>
+                        <a:t>19</a:t>
                       </a:r>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marL="9525" marR="9525" marT="9525" marB="0" anchor="ctr"/>
                 </a:tc>
                 <a:extLst>
                   <a:ext uri="{0D108BD9-81ED-4DB2-BD59-A6C34878D82A}">
                     <a16:rowId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="3522436497"/>
                   </a:ext>
                 </a:extLst>
               </a:tr>
-              <a:tr h="335025">
+              <a:tr h="165408">
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr algn="l" fontAlgn="ctr">
                         <a:buNone/>
                       </a:pPr>
                       <a:r>
-                        <a:rPr lang="ja-JP" altLang="en-US" sz="1100" b="0" i="0" u="none" strike="noStrike" dirty="0">
-[...30 lines deleted...]
-                        <a:t>12</a:t>
+                        <a:rPr lang="ja-JP" altLang="en-US" sz="1100" b="0" i="0" u="none" strike="noStrike">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                        </a:rPr>
+                        <a:t>三菱ふそうの車両から取り外した使用済みの</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" altLang="ja-JP" sz="1100" b="0" i="0" u="none" strike="noStrike">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                        </a:rPr>
+                        <a:t>『</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="ja-JP" altLang="en-US" sz="1100" b="0" i="0" u="none" strike="noStrike">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                        </a:rPr>
+                        <a:t>ダイレクトパワーシリンダー</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" altLang="ja-JP" sz="1100" b="0" i="0" u="none" strike="noStrike">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                        </a:rPr>
+                        <a:t>』</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="ja-JP" altLang="en-US" sz="1100" b="0" i="0" u="none" strike="noStrike">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                        </a:rPr>
+                        <a:t>を仕入れたい</a:t>
+                      </a:r>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="9525" marR="9525" marT="9525" marB="0" anchor="ctr"/>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr algn="ctr" fontAlgn="ctr">
+                        <a:buNone/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="en-US" altLang="ja-JP" sz="1100" b="0" i="0" u="none" strike="noStrike">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                        </a:rPr>
+                        <a:t>3</a:t>
                       </a:r>
                       <a:r>
                         <a:rPr lang="ja-JP" altLang="en-US" sz="1100" b="0" i="0" u="none" strike="noStrike">
                           <a:solidFill>
                             <a:srgbClr val="000000"/>
                           </a:solidFill>
                           <a:effectLst/>
                           <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
                           <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
                         </a:rPr>
                         <a:t>月</a:t>
                       </a:r>
                       <a:r>
                         <a:rPr lang="en-US" altLang="ja-JP" sz="1100" b="0" i="0" u="none" strike="noStrike">
                           <a:solidFill>
                             <a:srgbClr val="000000"/>
                           </a:solidFill>
                           <a:effectLst/>
                           <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
                           <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
                         </a:rPr>
-                        <a:t>21</a:t>
+                        <a:t>24</a:t>
                       </a:r>
                       <a:r>
                         <a:rPr lang="ja-JP" altLang="en-US" sz="1100" b="0" i="0" u="none" strike="noStrike">
                           <a:solidFill>
                             <a:srgbClr val="000000"/>
                           </a:solidFill>
                           <a:effectLst/>
                           <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
                           <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
                         </a:rPr>
                         <a:t>日</a:t>
                       </a:r>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marL="9525" marR="9525" marT="9525" marB="0" anchor="ctr"/>
                 </a:tc>
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr algn="ctr" fontAlgn="ctr">
                         <a:buNone/>
                       </a:pPr>
                       <a:r>
                         <a:rPr lang="ja-JP" altLang="en-US" sz="1100" b="0" i="0" u="none" strike="noStrike">
                           <a:solidFill>
                             <a:srgbClr val="000000"/>
                           </a:solidFill>
                           <a:effectLst/>
                           <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
                           <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
                         </a:rPr>
-                        <a:t>兵庫県</a:t>
+                        <a:t>大阪府</a:t>
                       </a:r>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marL="9525" marR="9525" marT="9525" marB="0" anchor="ctr"/>
                 </a:tc>
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr algn="ctr" fontAlgn="ctr">
                         <a:buNone/>
                       </a:pPr>
                       <a:r>
                         <a:rPr lang="en-US" altLang="ja-JP" sz="1100" b="0" i="0" u="none" strike="noStrike">
                           <a:solidFill>
                             <a:srgbClr val="000000"/>
                           </a:solidFill>
                           <a:effectLst/>
                           <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
                           <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
                         </a:rPr>
                         <a:t>0</a:t>
                       </a:r>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marL="9525" marR="9525" marT="9525" marB="0" anchor="ctr"/>
                 </a:tc>
                 <a:extLst>
                   <a:ext uri="{0D108BD9-81ED-4DB2-BD59-A6C34878D82A}">
                     <a16:rowId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="3253976630"/>
                   </a:ext>
                 </a:extLst>
               </a:tr>
-              <a:tr h="186102">
+              <a:tr h="165408">
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr algn="l" fontAlgn="ctr">
                         <a:buNone/>
                       </a:pPr>
                       <a:r>
-                        <a:rPr lang="en-US" altLang="ja-JP" sz="1100" b="0" i="0" u="none" strike="noStrike">
-[...41 lines deleted...]
-                        <a:t>12</a:t>
+                        <a:rPr lang="ja-JP" altLang="en-US" sz="1100" b="0" i="0" u="none" strike="noStrike">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                        </a:rPr>
+                        <a:t>大手企業案件</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" altLang="ja-JP" sz="1100" b="0" i="0" u="none" strike="noStrike">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                        </a:rPr>
+                        <a:t>(</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="ja-JP" altLang="en-US" sz="1100" b="0" i="0" u="none" strike="noStrike">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                        </a:rPr>
+                        <a:t>ドン・キホーテ</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" altLang="ja-JP" sz="1100" b="0" i="0" u="none" strike="noStrike">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                        </a:rPr>
+                        <a:t>)★</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="ja-JP" altLang="en-US" sz="1100" b="0" i="0" u="none" strike="noStrike">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                        </a:rPr>
+                        <a:t>家電商品・玩具商品　新規取引募集★</a:t>
+                      </a:r>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="9525" marR="9525" marT="9525" marB="0" anchor="ctr"/>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr algn="ctr" fontAlgn="ctr">
+                        <a:buNone/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="en-US" altLang="ja-JP" sz="1100" b="0" i="0" u="none" strike="noStrike">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                        </a:rPr>
+                        <a:t>3</a:t>
                       </a:r>
                       <a:r>
                         <a:rPr lang="ja-JP" altLang="en-US" sz="1100" b="0" i="0" u="none" strike="noStrike">
                           <a:solidFill>
                             <a:srgbClr val="000000"/>
                           </a:solidFill>
                           <a:effectLst/>
                           <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
                           <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
                         </a:rPr>
                         <a:t>月</a:t>
                       </a:r>
                       <a:r>
                         <a:rPr lang="en-US" altLang="ja-JP" sz="1100" b="0" i="0" u="none" strike="noStrike">
                           <a:solidFill>
                             <a:srgbClr val="000000"/>
                           </a:solidFill>
                           <a:effectLst/>
                           <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
                           <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
                         </a:rPr>
-                        <a:t>25</a:t>
+                        <a:t>24</a:t>
                       </a:r>
                       <a:r>
                         <a:rPr lang="ja-JP" altLang="en-US" sz="1100" b="0" i="0" u="none" strike="noStrike">
                           <a:solidFill>
                             <a:srgbClr val="000000"/>
                           </a:solidFill>
                           <a:effectLst/>
                           <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
                           <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
                         </a:rPr>
                         <a:t>日</a:t>
                       </a:r>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marL="9525" marR="9525" marT="9525" marB="0" anchor="ctr"/>
                 </a:tc>
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr algn="ctr" fontAlgn="ctr">
                         <a:buNone/>
                       </a:pPr>
                       <a:r>
                         <a:rPr lang="ja-JP" altLang="en-US" sz="1100" b="0" i="0" u="none" strike="noStrike">
                           <a:solidFill>
                             <a:srgbClr val="000000"/>
                           </a:solidFill>
                           <a:effectLst/>
                           <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
                           <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
                         </a:rPr>
-                        <a:t>佐賀県</a:t>
-[...22 lines deleted...]
-                        <a:t>11</a:t>
+                        <a:t>大阪府</a:t>
+                      </a:r>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="9525" marR="9525" marT="9525" marB="0" anchor="ctr"/>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr algn="ctr" fontAlgn="ctr">
+                        <a:buNone/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="en-US" altLang="ja-JP" sz="1100" b="0" i="0" u="none" strike="noStrike">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                        </a:rPr>
+                        <a:t>4</a:t>
                       </a:r>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marL="9525" marR="9525" marT="9525" marB="0" anchor="ctr"/>
                 </a:tc>
                 <a:extLst>
                   <a:ext uri="{0D108BD9-81ED-4DB2-BD59-A6C34878D82A}">
                     <a16:rowId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="107827956"/>
                   </a:ext>
                 </a:extLst>
               </a:tr>
-              <a:tr h="186102">
+              <a:tr h="165408">
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr algn="l" fontAlgn="ctr">
                         <a:buNone/>
                       </a:pPr>
                       <a:r>
-                        <a:rPr lang="ja-JP" altLang="en-US" sz="1100" b="0" i="0" u="none" strike="noStrike" dirty="0">
-[...30 lines deleted...]
-                        <a:t>12</a:t>
+                        <a:rPr lang="ja-JP" altLang="en-US" sz="1100" b="0" i="0" u="none" strike="noStrike">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                        </a:rPr>
+                        <a:t>企業の人物写真と社内写真の撮影の依頼</a:t>
+                      </a:r>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="9525" marR="9525" marT="9525" marB="0" anchor="ctr"/>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr algn="ctr" fontAlgn="ctr">
+                        <a:buNone/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="en-US" altLang="ja-JP" sz="1100" b="0" i="0" u="none" strike="noStrike">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                        </a:rPr>
+                        <a:t>3</a:t>
                       </a:r>
                       <a:r>
                         <a:rPr lang="ja-JP" altLang="en-US" sz="1100" b="0" i="0" u="none" strike="noStrike">
                           <a:solidFill>
                             <a:srgbClr val="000000"/>
                           </a:solidFill>
                           <a:effectLst/>
                           <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
                           <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
                         </a:rPr>
                         <a:t>月</a:t>
                       </a:r>
                       <a:r>
                         <a:rPr lang="en-US" altLang="ja-JP" sz="1100" b="0" i="0" u="none" strike="noStrike">
                           <a:solidFill>
                             <a:srgbClr val="000000"/>
                           </a:solidFill>
                           <a:effectLst/>
                           <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
                           <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
                         </a:rPr>
                         <a:t>25</a:t>
                       </a:r>
                       <a:r>
                         <a:rPr lang="ja-JP" altLang="en-US" sz="1100" b="0" i="0" u="none" strike="noStrike">
@@ -8857,149 +12908,149 @@
                           <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
                         </a:rPr>
                         <a:t>日</a:t>
                       </a:r>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marL="9525" marR="9525" marT="9525" marB="0" anchor="ctr"/>
                 </a:tc>
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr algn="ctr" fontAlgn="ctr">
                         <a:buNone/>
                       </a:pPr>
                       <a:r>
                         <a:rPr lang="ja-JP" altLang="en-US" sz="1100" b="0" i="0" u="none" strike="noStrike">
                           <a:solidFill>
                             <a:srgbClr val="000000"/>
                           </a:solidFill>
                           <a:effectLst/>
                           <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
                           <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
                         </a:rPr>
-                        <a:t>東京都</a:t>
-[...22 lines deleted...]
-                        <a:t>2</a:t>
+                        <a:t>大阪府</a:t>
+                      </a:r>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="9525" marR="9525" marT="9525" marB="0" anchor="ctr"/>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr algn="ctr" fontAlgn="ctr">
+                        <a:buNone/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="en-US" altLang="ja-JP" sz="1100" b="0" i="0" u="none" strike="noStrike">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                        </a:rPr>
+                        <a:t>6</a:t>
                       </a:r>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marL="9525" marR="9525" marT="9525" marB="0" anchor="ctr"/>
                 </a:tc>
                 <a:extLst>
                   <a:ext uri="{0D108BD9-81ED-4DB2-BD59-A6C34878D82A}">
                     <a16:rowId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="10003"/>
                   </a:ext>
                 </a:extLst>
               </a:tr>
-              <a:tr h="186102">
+              <a:tr h="165408">
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr algn="l" fontAlgn="ctr">
                         <a:buNone/>
                       </a:pPr>
                       <a:r>
                         <a:rPr lang="ja-JP" altLang="en-US" sz="1100" b="0" i="0" u="none" strike="noStrike">
                           <a:solidFill>
                             <a:srgbClr val="000000"/>
                           </a:solidFill>
                           <a:effectLst/>
                           <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
                           <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
                         </a:rPr>
-                        <a:t>タルク入り再生ＰＰ材</a:t>
-[...22 lines deleted...]
-                        <a:t>12</a:t>
+                        <a:t>エアガン・ミリタリー関連商品の仕入れ先を探しています（東京マルイなど）</a:t>
+                      </a:r>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="9525" marR="9525" marT="9525" marB="0" anchor="ctr"/>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr algn="ctr" fontAlgn="ctr">
+                        <a:buNone/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="en-US" altLang="ja-JP" sz="1100" b="0" i="0" u="none" strike="noStrike">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                        </a:rPr>
+                        <a:t>3</a:t>
                       </a:r>
                       <a:r>
                         <a:rPr lang="ja-JP" altLang="en-US" sz="1100" b="0" i="0" u="none" strike="noStrike">
                           <a:solidFill>
                             <a:srgbClr val="000000"/>
                           </a:solidFill>
                           <a:effectLst/>
                           <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
                           <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
                         </a:rPr>
                         <a:t>月</a:t>
                       </a:r>
                       <a:r>
                         <a:rPr lang="en-US" altLang="ja-JP" sz="1100" b="0" i="0" u="none" strike="noStrike">
                           <a:solidFill>
                             <a:srgbClr val="000000"/>
                           </a:solidFill>
                           <a:effectLst/>
                           <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
                           <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
                         </a:rPr>
-                        <a:t>25</a:t>
+                        <a:t>26</a:t>
                       </a:r>
                       <a:r>
                         <a:rPr lang="ja-JP" altLang="en-US" sz="1100" b="0" i="0" u="none" strike="noStrike">
                           <a:solidFill>
                             <a:srgbClr val="000000"/>
                           </a:solidFill>
                           <a:effectLst/>
                           <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
                           <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
                         </a:rPr>
                         <a:t>日</a:t>
                       </a:r>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marL="9525" marR="9525" marT="9525" marB="0" anchor="ctr"/>
                 </a:tc>
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr algn="ctr" fontAlgn="ctr">
                         <a:buNone/>
                       </a:pPr>
                       <a:r>
@@ -9024,92 +13075,92 @@
                     <a:p>
                       <a:pPr algn="ctr" fontAlgn="ctr">
                         <a:buNone/>
                       </a:pPr>
                       <a:r>
                         <a:rPr lang="en-US" altLang="ja-JP" sz="1100" b="0" i="0" u="none" strike="noStrike">
                           <a:solidFill>
                             <a:srgbClr val="000000"/>
                           </a:solidFill>
                           <a:effectLst/>
                           <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
                           <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
                         </a:rPr>
                         <a:t>0</a:t>
                       </a:r>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marL="9525" marR="9525" marT="9525" marB="0" anchor="ctr"/>
                 </a:tc>
                 <a:extLst>
                   <a:ext uri="{0D108BD9-81ED-4DB2-BD59-A6C34878D82A}">
                     <a16:rowId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="10004"/>
                   </a:ext>
                 </a:extLst>
               </a:tr>
-              <a:tr h="186102">
+              <a:tr h="165408">
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr algn="l" fontAlgn="ctr">
                         <a:buNone/>
                       </a:pPr>
                       <a:r>
-                        <a:rPr lang="ja-JP" altLang="en-US" sz="1100" b="0" i="0" u="none" strike="noStrike" dirty="0">
-[...30 lines deleted...]
-                        <a:t>12</a:t>
+                        <a:rPr lang="ja-JP" altLang="en-US" sz="1100" b="0" i="0" u="none" strike="noStrike">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                        </a:rPr>
+                        <a:t>厨房用ステンレスシンク・作業台を製造している業者様を探しています</a:t>
+                      </a:r>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="9525" marR="9525" marT="9525" marB="0" anchor="ctr"/>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr algn="ctr" fontAlgn="ctr">
+                        <a:buNone/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="en-US" altLang="ja-JP" sz="1100" b="0" i="0" u="none" strike="noStrike">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                        </a:rPr>
+                        <a:t>3</a:t>
                       </a:r>
                       <a:r>
                         <a:rPr lang="ja-JP" altLang="en-US" sz="1100" b="0" i="0" u="none" strike="noStrike">
                           <a:solidFill>
                             <a:srgbClr val="000000"/>
                           </a:solidFill>
                           <a:effectLst/>
                           <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
                           <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
                         </a:rPr>
                         <a:t>月</a:t>
                       </a:r>
                       <a:r>
                         <a:rPr lang="en-US" altLang="ja-JP" sz="1100" b="0" i="0" u="none" strike="noStrike">
                           <a:solidFill>
                             <a:srgbClr val="000000"/>
                           </a:solidFill>
                           <a:effectLst/>
                           <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
                           <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
                         </a:rPr>
                         <a:t>26</a:t>
                       </a:r>
                       <a:r>
                         <a:rPr lang="ja-JP" altLang="en-US" sz="1100" b="0" i="0" u="none" strike="noStrike">
@@ -9121,182 +13172,127 @@
                           <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
                         </a:rPr>
                         <a:t>日</a:t>
                       </a:r>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marL="9525" marR="9525" marT="9525" marB="0" anchor="ctr"/>
                 </a:tc>
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr algn="ctr" fontAlgn="ctr">
                         <a:buNone/>
                       </a:pPr>
                       <a:r>
                         <a:rPr lang="ja-JP" altLang="en-US" sz="1100" b="0" i="0" u="none" strike="noStrike">
                           <a:solidFill>
                             <a:srgbClr val="000000"/>
                           </a:solidFill>
                           <a:effectLst/>
                           <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
                           <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
                         </a:rPr>
-                        <a:t>長野県</a:t>
-[...22 lines deleted...]
-                        <a:t>6</a:t>
+                        <a:t>大阪府</a:t>
+                      </a:r>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="9525" marR="9525" marT="9525" marB="0" anchor="ctr"/>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr algn="ctr" fontAlgn="ctr">
+                        <a:buNone/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="en-US" altLang="ja-JP" sz="1100" b="0" i="0" u="none" strike="noStrike">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                        </a:rPr>
+                        <a:t>1</a:t>
                       </a:r>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marL="9525" marR="9525" marT="9525" marB="0" anchor="ctr"/>
                 </a:tc>
                 <a:extLst>
                   <a:ext uri="{0D108BD9-81ED-4DB2-BD59-A6C34878D82A}">
                     <a16:rowId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="10005"/>
                   </a:ext>
                 </a:extLst>
               </a:tr>
-              <a:tr h="186102">
+              <a:tr h="199361">
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr algn="l" fontAlgn="ctr">
                         <a:buNone/>
                       </a:pPr>
                       <a:r>
-                        <a:rPr lang="en-US" sz="1100" b="0" i="0" u="none" strike="noStrike" dirty="0">
-[...85 lines deleted...]
-                        <a:t>12</a:t>
+                        <a:rPr lang="ja-JP" altLang="en-US" sz="1100" b="0" i="0" u="none" strike="noStrike">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                        </a:rPr>
+                        <a:t>スリランカに出せる化粧品をご提案ください。</a:t>
+                      </a:r>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="9525" marR="9525" marT="9525" marB="0" anchor="ctr"/>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr algn="ctr" fontAlgn="ctr">
+                        <a:buNone/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="en-US" altLang="ja-JP" sz="1100" b="0" i="0" u="none" strike="noStrike">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                        </a:rPr>
+                        <a:t>3</a:t>
                       </a:r>
                       <a:r>
                         <a:rPr lang="ja-JP" altLang="en-US" sz="1100" b="0" i="0" u="none" strike="noStrike">
                           <a:solidFill>
                             <a:srgbClr val="000000"/>
                           </a:solidFill>
                           <a:effectLst/>
                           <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
                           <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
                         </a:rPr>
                         <a:t>月</a:t>
                       </a:r>
                       <a:r>
                         <a:rPr lang="en-US" altLang="ja-JP" sz="1100" b="0" i="0" u="none" strike="noStrike">
                           <a:solidFill>
                             <a:srgbClr val="000000"/>
                           </a:solidFill>
                           <a:effectLst/>
                           <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
                           <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
                         </a:rPr>
                         <a:t>26</a:t>
                       </a:r>
                       <a:r>
                         <a:rPr lang="ja-JP" altLang="en-US" sz="1100" b="0" i="0" u="none" strike="noStrike">
@@ -9308,1656 +13304,1766 @@
                           <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
                         </a:rPr>
                         <a:t>日</a:t>
                       </a:r>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marL="9525" marR="9525" marT="9525" marB="0" anchor="ctr"/>
                 </a:tc>
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr algn="ctr" fontAlgn="ctr">
                         <a:buNone/>
                       </a:pPr>
                       <a:r>
                         <a:rPr lang="ja-JP" altLang="en-US" sz="1100" b="0" i="0" u="none" strike="noStrike">
                           <a:solidFill>
                             <a:srgbClr val="000000"/>
                           </a:solidFill>
                           <a:effectLst/>
                           <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
                           <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
                         </a:rPr>
-                        <a:t>新潟県</a:t>
-[...22 lines deleted...]
-                        <a:t>1</a:t>
+                        <a:t>神奈川県</a:t>
+                      </a:r>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="9525" marR="9525" marT="9525" marB="0" anchor="ctr"/>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr algn="ctr" fontAlgn="ctr">
+                        <a:buNone/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="en-US" altLang="ja-JP" sz="1100" b="0" i="0" u="none" strike="noStrike">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                        </a:rPr>
+                        <a:t>3</a:t>
                       </a:r>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marL="9525" marR="9525" marT="9525" marB="0" anchor="ctr"/>
                 </a:tc>
                 <a:extLst>
                   <a:ext uri="{0D108BD9-81ED-4DB2-BD59-A6C34878D82A}">
                     <a16:rowId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="3362005215"/>
                   </a:ext>
                 </a:extLst>
               </a:tr>
-              <a:tr h="186102">
+              <a:tr h="288342">
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr algn="l" fontAlgn="ctr">
                         <a:buNone/>
                       </a:pPr>
                       <a:r>
                         <a:rPr lang="ja-JP" altLang="en-US" sz="1100" b="0" i="0" u="none" strike="noStrike">
                           <a:solidFill>
                             <a:srgbClr val="000000"/>
                           </a:solidFill>
                           <a:effectLst/>
                           <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
                           <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
                         </a:rPr>
-                        <a:t>自社店舗・卸先向けに提案可能な商品のご提案を希望します</a:t>
-[...22 lines deleted...]
-                        <a:t>12</a:t>
+                        <a:t>粉体樹脂をプレス加工して頂ける業者様を探しています。</a:t>
+                      </a:r>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="9525" marR="9525" marT="9525" marB="0" anchor="ctr"/>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr algn="ctr" fontAlgn="ctr">
+                        <a:buNone/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="en-US" altLang="ja-JP" sz="1100" b="0" i="0" u="none" strike="noStrike">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                        </a:rPr>
+                        <a:t>3</a:t>
                       </a:r>
                       <a:r>
                         <a:rPr lang="ja-JP" altLang="en-US" sz="1100" b="0" i="0" u="none" strike="noStrike">
                           <a:solidFill>
                             <a:srgbClr val="000000"/>
                           </a:solidFill>
                           <a:effectLst/>
                           <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
                           <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
                         </a:rPr>
                         <a:t>月</a:t>
                       </a:r>
                       <a:r>
                         <a:rPr lang="en-US" altLang="ja-JP" sz="1100" b="0" i="0" u="none" strike="noStrike">
                           <a:solidFill>
                             <a:srgbClr val="000000"/>
                           </a:solidFill>
                           <a:effectLst/>
                           <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
                           <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
                         </a:rPr>
-                        <a:t>26</a:t>
+                        <a:t>27</a:t>
                       </a:r>
                       <a:r>
                         <a:rPr lang="ja-JP" altLang="en-US" sz="1100" b="0" i="0" u="none" strike="noStrike">
                           <a:solidFill>
                             <a:srgbClr val="000000"/>
                           </a:solidFill>
                           <a:effectLst/>
                           <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
                           <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
                         </a:rPr>
                         <a:t>日</a:t>
                       </a:r>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marL="9525" marR="9525" marT="9525" marB="0" anchor="ctr"/>
                 </a:tc>
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr algn="ctr" fontAlgn="ctr">
                         <a:buNone/>
                       </a:pPr>
                       <a:r>
                         <a:rPr lang="ja-JP" altLang="en-US" sz="1100" b="0" i="0" u="none" strike="noStrike">
                           <a:solidFill>
                             <a:srgbClr val="000000"/>
                           </a:solidFill>
                           <a:effectLst/>
                           <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
                           <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
                         </a:rPr>
-                        <a:t>埼玉県</a:t>
-[...22 lines deleted...]
-                        <a:t>20</a:t>
+                        <a:t>京都府</a:t>
+                      </a:r>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="9525" marR="9525" marT="9525" marB="0" anchor="ctr"/>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr algn="ctr" fontAlgn="ctr">
+                        <a:buNone/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="en-US" altLang="ja-JP" sz="1100" b="0" i="0" u="none" strike="noStrike">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                        </a:rPr>
+                        <a:t>2</a:t>
                       </a:r>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marL="9525" marR="9525" marT="9525" marB="0" anchor="ctr"/>
                 </a:tc>
                 <a:extLst>
                   <a:ext uri="{0D108BD9-81ED-4DB2-BD59-A6C34878D82A}">
                     <a16:rowId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="2379326156"/>
                   </a:ext>
                 </a:extLst>
               </a:tr>
-              <a:tr h="186102">
+              <a:tr h="270906">
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr algn="l" fontAlgn="ctr">
                         <a:buNone/>
                       </a:pPr>
                       <a:r>
                         <a:rPr lang="ja-JP" altLang="en-US" sz="1100" b="0" i="0" u="none" strike="noStrike">
                           <a:solidFill>
                             <a:srgbClr val="000000"/>
                           </a:solidFill>
                           <a:effectLst/>
                           <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
                           <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
                         </a:rPr>
-                        <a:t>中国に輸出可能なサプリメント原料を探しております。</a:t>
-[...22 lines deleted...]
-                        <a:t>12</a:t>
+                        <a:t>アルミニウム缶スクラップ５０</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" altLang="ja-JP" sz="1100" b="0" i="0" u="none" strike="noStrike">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                        </a:rPr>
+                        <a:t>~100</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="ja-JP" altLang="en-US" sz="1100" b="0" i="0" u="none" strike="noStrike">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                        </a:rPr>
+                        <a:t>トン仕入れたい</a:t>
+                      </a:r>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="9525" marR="9525" marT="9525" marB="0" anchor="ctr"/>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr algn="ctr" fontAlgn="ctr">
+                        <a:buNone/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="en-US" altLang="ja-JP" sz="1100" b="0" i="0" u="none" strike="noStrike">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                        </a:rPr>
+                        <a:t>3</a:t>
                       </a:r>
                       <a:r>
                         <a:rPr lang="ja-JP" altLang="en-US" sz="1100" b="0" i="0" u="none" strike="noStrike">
                           <a:solidFill>
                             <a:srgbClr val="000000"/>
                           </a:solidFill>
                           <a:effectLst/>
                           <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
                           <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
                         </a:rPr>
                         <a:t>月</a:t>
                       </a:r>
                       <a:r>
                         <a:rPr lang="en-US" altLang="ja-JP" sz="1100" b="0" i="0" u="none" strike="noStrike">
                           <a:solidFill>
                             <a:srgbClr val="000000"/>
                           </a:solidFill>
                           <a:effectLst/>
                           <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
                           <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
                         </a:rPr>
-                        <a:t>26</a:t>
+                        <a:t>31</a:t>
                       </a:r>
                       <a:r>
                         <a:rPr lang="ja-JP" altLang="en-US" sz="1100" b="0" i="0" u="none" strike="noStrike">
                           <a:solidFill>
                             <a:srgbClr val="000000"/>
                           </a:solidFill>
                           <a:effectLst/>
                           <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
                           <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
                         </a:rPr>
                         <a:t>日</a:t>
                       </a:r>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marL="9525" marR="9525" marT="9525" marB="0" anchor="ctr"/>
                 </a:tc>
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr algn="ctr" fontAlgn="ctr">
                         <a:buNone/>
                       </a:pPr>
                       <a:r>
                         <a:rPr lang="ja-JP" altLang="en-US" sz="1100" b="0" i="0" u="none" strike="noStrike">
                           <a:solidFill>
                             <a:srgbClr val="000000"/>
                           </a:solidFill>
                           <a:effectLst/>
                           <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
                           <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
                         </a:rPr>
-                        <a:t>東京都</a:t>
+                        <a:t>大阪府</a:t>
                       </a:r>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marL="9525" marR="9525" marT="9525" marB="0" anchor="ctr"/>
                 </a:tc>
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr algn="ctr" fontAlgn="ctr">
                         <a:buNone/>
                       </a:pPr>
                       <a:r>
                         <a:rPr lang="en-US" altLang="ja-JP" sz="1100" b="0" i="0" u="none" strike="noStrike">
                           <a:solidFill>
                             <a:srgbClr val="000000"/>
                           </a:solidFill>
                           <a:effectLst/>
                           <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
                           <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
                         </a:rPr>
                         <a:t>1</a:t>
                       </a:r>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marL="9525" marR="9525" marT="9525" marB="0" anchor="ctr"/>
                 </a:tc>
                 <a:extLst>
                   <a:ext uri="{0D108BD9-81ED-4DB2-BD59-A6C34878D82A}">
                     <a16:rowId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="10006"/>
                   </a:ext>
                 </a:extLst>
               </a:tr>
-              <a:tr h="186102">
+              <a:tr h="165408">
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr algn="l" fontAlgn="ctr">
                         <a:buNone/>
                       </a:pPr>
                       <a:r>
-                        <a:rPr lang="en-US" altLang="ja-JP" sz="1100" b="0" i="0" u="none" strike="noStrike">
-[...41 lines deleted...]
-                        <a:t>12</a:t>
+                        <a:rPr lang="ja-JP" altLang="en-US" sz="1100" b="0" i="0" u="none" strike="noStrike">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                        </a:rPr>
+                        <a:t>リサイクルプラスチック </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" altLang="ja-JP" sz="1100" b="0" i="0" u="none" strike="noStrike">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                        </a:rPr>
+                        <a:t>LDPE /HDPE </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="ja-JP" altLang="en-US" sz="1100" b="0" i="0" u="none" strike="noStrike">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                        </a:rPr>
+                        <a:t>の粉砕</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" altLang="ja-JP" sz="1100" b="0" i="0" u="none" strike="noStrike">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                        </a:rPr>
+                        <a:t>/</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="ja-JP" altLang="en-US" sz="1100" b="0" i="0" u="none" strike="noStrike">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                        </a:rPr>
+                        <a:t>ペレットを買いたい</a:t>
+                      </a:r>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="9525" marR="9525" marT="9525" marB="0" anchor="ctr"/>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr algn="ctr" fontAlgn="ctr">
+                        <a:buNone/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="en-US" altLang="ja-JP" sz="1100" b="0" i="0" u="none" strike="noStrike">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                        </a:rPr>
+                        <a:t>3</a:t>
                       </a:r>
                       <a:r>
                         <a:rPr lang="ja-JP" altLang="en-US" sz="1100" b="0" i="0" u="none" strike="noStrike">
                           <a:solidFill>
                             <a:srgbClr val="000000"/>
                           </a:solidFill>
                           <a:effectLst/>
                           <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
                           <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
                         </a:rPr>
                         <a:t>月</a:t>
                       </a:r>
                       <a:r>
                         <a:rPr lang="en-US" altLang="ja-JP" sz="1100" b="0" i="0" u="none" strike="noStrike">
                           <a:solidFill>
                             <a:srgbClr val="000000"/>
                           </a:solidFill>
                           <a:effectLst/>
                           <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
                           <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
                         </a:rPr>
-                        <a:t>26</a:t>
+                        <a:t>31</a:t>
                       </a:r>
                       <a:r>
                         <a:rPr lang="ja-JP" altLang="en-US" sz="1100" b="0" i="0" u="none" strike="noStrike">
                           <a:solidFill>
                             <a:srgbClr val="000000"/>
                           </a:solidFill>
                           <a:effectLst/>
                           <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
                           <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
                         </a:rPr>
                         <a:t>日</a:t>
                       </a:r>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marL="9525" marR="9525" marT="9525" marB="0" anchor="ctr"/>
                 </a:tc>
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr algn="ctr" fontAlgn="ctr">
                         <a:buNone/>
                       </a:pPr>
                       <a:r>
                         <a:rPr lang="ja-JP" altLang="en-US" sz="1100" b="0" i="0" u="none" strike="noStrike">
                           <a:solidFill>
                             <a:srgbClr val="000000"/>
                           </a:solidFill>
                           <a:effectLst/>
                           <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
                           <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
                         </a:rPr>
-                        <a:t>東京都</a:t>
-[...22 lines deleted...]
-                        <a:t>0</a:t>
+                        <a:t>大阪府</a:t>
+                      </a:r>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="9525" marR="9525" marT="9525" marB="0" anchor="ctr"/>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr algn="ctr" fontAlgn="ctr">
+                        <a:buNone/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="en-US" altLang="ja-JP" sz="1100" b="0" i="0" u="none" strike="noStrike">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                        </a:rPr>
+                        <a:t>1</a:t>
                       </a:r>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marL="9525" marR="9525" marT="9525" marB="0" anchor="ctr"/>
                 </a:tc>
                 <a:extLst>
                   <a:ext uri="{0D108BD9-81ED-4DB2-BD59-A6C34878D82A}">
                     <a16:rowId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="10007"/>
                   </a:ext>
                 </a:extLst>
               </a:tr>
-              <a:tr h="186102">
+              <a:tr h="165408">
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr algn="l" fontAlgn="ctr">
                         <a:buNone/>
                       </a:pPr>
                       <a:r>
                         <a:rPr lang="ja-JP" altLang="en-US" sz="1100" b="0" i="0" u="none" strike="noStrike">
                           <a:solidFill>
                             <a:srgbClr val="000000"/>
                           </a:solidFill>
                           <a:effectLst/>
                           <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
                           <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
                         </a:rPr>
-                        <a:t>当社製品に貼付するポッティングシールの製作依頼です。</a:t>
-[...25 lines deleted...]
-                        <a:rPr lang="ja-JP" altLang="en-US" sz="1100" b="0" i="0" u="none" strike="noStrike" dirty="0">
+                        <a:t>箱詰め作業を対応いただける業者様を探しています</a:t>
+                      </a:r>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="9525" marR="9525" marT="9525" marB="0" anchor="ctr"/>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr algn="ctr" fontAlgn="ctr">
+                        <a:buNone/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="en-US" altLang="ja-JP" sz="1100" b="0" i="0" u="none" strike="noStrike">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                        </a:rPr>
+                        <a:t>3</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="ja-JP" altLang="en-US" sz="1100" b="0" i="0" u="none" strike="noStrike">
                           <a:solidFill>
                             <a:srgbClr val="000000"/>
                           </a:solidFill>
                           <a:effectLst/>
                           <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
                           <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
                         </a:rPr>
                         <a:t>月</a:t>
                       </a:r>
                       <a:r>
-                        <a:rPr lang="en-US" altLang="ja-JP" sz="1100" b="0" i="0" u="none" strike="noStrike" dirty="0">
-[...10 lines deleted...]
-                        <a:rPr lang="ja-JP" altLang="en-US" sz="1100" b="0" i="0" u="none" strike="noStrike" dirty="0">
+                        <a:rPr lang="en-US" altLang="ja-JP" sz="1100" b="0" i="0" u="none" strike="noStrike">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                        </a:rPr>
+                        <a:t>31</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="ja-JP" altLang="en-US" sz="1100" b="0" i="0" u="none" strike="noStrike">
                           <a:solidFill>
                             <a:srgbClr val="000000"/>
                           </a:solidFill>
                           <a:effectLst/>
                           <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
                           <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
                         </a:rPr>
                         <a:t>日</a:t>
                       </a:r>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marL="9525" marR="9525" marT="9525" marB="0" anchor="ctr"/>
                 </a:tc>
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr algn="ctr" fontAlgn="ctr">
                         <a:buNone/>
                       </a:pPr>
                       <a:r>
                         <a:rPr lang="ja-JP" altLang="en-US" sz="1100" b="0" i="0" u="none" strike="noStrike">
                           <a:solidFill>
                             <a:srgbClr val="000000"/>
                           </a:solidFill>
                           <a:effectLst/>
                           <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
                           <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
                         </a:rPr>
-                        <a:t>愛知県</a:t>
-[...22 lines deleted...]
-                        <a:t>3</a:t>
+                        <a:t>東京都</a:t>
+                      </a:r>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="9525" marR="9525" marT="9525" marB="0" anchor="ctr"/>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr algn="ctr" fontAlgn="ctr">
+                        <a:buNone/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="en-US" altLang="ja-JP" sz="1100" b="0" i="0" u="none" strike="noStrike">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                        </a:rPr>
+                        <a:t>6</a:t>
                       </a:r>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marL="9525" marR="9525" marT="9525" marB="0" anchor="ctr"/>
                 </a:tc>
                 <a:extLst>
                   <a:ext uri="{0D108BD9-81ED-4DB2-BD59-A6C34878D82A}">
                     <a16:rowId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="10008"/>
                   </a:ext>
                 </a:extLst>
               </a:tr>
-              <a:tr h="186102">
+              <a:tr h="270906">
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr algn="l" fontAlgn="ctr">
                         <a:buNone/>
                       </a:pPr>
                       <a:r>
-                        <a:rPr lang="ja-JP" altLang="en-US" sz="1100" b="0" i="0" u="none" strike="noStrike">
-[...30 lines deleted...]
-                        <a:t>12</a:t>
+                        <a:rPr lang="en-US" altLang="ja-JP" sz="1100" b="0" i="0" u="none" strike="noStrike">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                        </a:rPr>
+                        <a:t>30</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="ja-JP" altLang="en-US" sz="1100" b="0" i="0" u="none" strike="noStrike">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                        </a:rPr>
+                        <a:t>代～</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" altLang="ja-JP" sz="1100" b="0" i="0" u="none" strike="noStrike">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                        </a:rPr>
+                        <a:t>40</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="ja-JP" altLang="en-US" sz="1100" b="0" i="0" u="none" strike="noStrike">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                        </a:rPr>
+                        <a:t>代向けレディースアパレルの在庫商品を探しています。</a:t>
+                      </a:r>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="9525" marR="9525" marT="9525" marB="0" anchor="ctr"/>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr algn="ctr" fontAlgn="ctr">
+                        <a:buNone/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="en-US" altLang="ja-JP" sz="1100" b="0" i="0" u="none" strike="noStrike">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                        </a:rPr>
+                        <a:t>3</a:t>
                       </a:r>
                       <a:r>
                         <a:rPr lang="ja-JP" altLang="en-US" sz="1100" b="0" i="0" u="none" strike="noStrike">
                           <a:solidFill>
                             <a:srgbClr val="000000"/>
                           </a:solidFill>
                           <a:effectLst/>
                           <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
                           <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
                         </a:rPr>
                         <a:t>月</a:t>
                       </a:r>
                       <a:r>
                         <a:rPr lang="en-US" altLang="ja-JP" sz="1100" b="0" i="0" u="none" strike="noStrike">
                           <a:solidFill>
                             <a:srgbClr val="000000"/>
                           </a:solidFill>
                           <a:effectLst/>
                           <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
                           <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
                         </a:rPr>
-                        <a:t>28</a:t>
+                        <a:t>31</a:t>
                       </a:r>
                       <a:r>
                         <a:rPr lang="ja-JP" altLang="en-US" sz="1100" b="0" i="0" u="none" strike="noStrike">
                           <a:solidFill>
                             <a:srgbClr val="000000"/>
                           </a:solidFill>
                           <a:effectLst/>
                           <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
                           <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
                         </a:rPr>
                         <a:t>日</a:t>
                       </a:r>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marL="9525" marR="9525" marT="9525" marB="0" anchor="ctr"/>
                 </a:tc>
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr algn="ctr" fontAlgn="ctr">
                         <a:buNone/>
                       </a:pPr>
                       <a:r>
                         <a:rPr lang="ja-JP" altLang="en-US" sz="1100" b="0" i="0" u="none" strike="noStrike">
                           <a:solidFill>
                             <a:srgbClr val="000000"/>
                           </a:solidFill>
                           <a:effectLst/>
                           <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
                           <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
                         </a:rPr>
-                        <a:t>青森県</a:t>
-[...22 lines deleted...]
-                        <a:t>7</a:t>
+                        <a:t>長野県</a:t>
+                      </a:r>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="9525" marR="9525" marT="9525" marB="0" anchor="ctr"/>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr algn="ctr" fontAlgn="ctr">
+                        <a:buNone/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="en-US" altLang="ja-JP" sz="1100" b="0" i="0" u="none" strike="noStrike">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                        </a:rPr>
+                        <a:t>1</a:t>
                       </a:r>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marL="9525" marR="9525" marT="9525" marB="0" anchor="ctr"/>
                 </a:tc>
                 <a:extLst>
                   <a:ext uri="{0D108BD9-81ED-4DB2-BD59-A6C34878D82A}">
                     <a16:rowId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="10009"/>
                   </a:ext>
                 </a:extLst>
               </a:tr>
-              <a:tr h="186102">
+              <a:tr h="165408">
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr algn="l" fontAlgn="ctr">
                         <a:buNone/>
                       </a:pPr>
                       <a:r>
-                        <a:rPr lang="en-US" sz="1100" b="0" i="0" u="none" strike="noStrike">
-[...41 lines deleted...]
-                        <a:t>12</a:t>
+                        <a:rPr lang="ja-JP" altLang="en-US" sz="1100" b="0" i="0" u="none" strike="noStrike">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                        </a:rPr>
+                        <a:t>店舗内にてサングラス・アクセサリー（ネックレスメイン）販売用の什器を探しています</a:t>
+                      </a:r>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="9525" marR="9525" marT="9525" marB="0" anchor="ctr"/>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr algn="ctr" fontAlgn="ctr">
+                        <a:buNone/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="en-US" altLang="ja-JP" sz="1100" b="0" i="0" u="none" strike="noStrike">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                        </a:rPr>
+                        <a:t>3</a:t>
                       </a:r>
                       <a:r>
                         <a:rPr lang="ja-JP" altLang="en-US" sz="1100" b="0" i="0" u="none" strike="noStrike">
                           <a:solidFill>
                             <a:srgbClr val="000000"/>
                           </a:solidFill>
                           <a:effectLst/>
                           <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
                           <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
                         </a:rPr>
                         <a:t>月</a:t>
                       </a:r>
                       <a:r>
                         <a:rPr lang="en-US" altLang="ja-JP" sz="1100" b="0" i="0" u="none" strike="noStrike">
                           <a:solidFill>
                             <a:srgbClr val="000000"/>
                           </a:solidFill>
                           <a:effectLst/>
                           <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
                           <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
                         </a:rPr>
-                        <a:t>28</a:t>
+                        <a:t>31</a:t>
                       </a:r>
                       <a:r>
                         <a:rPr lang="ja-JP" altLang="en-US" sz="1100" b="0" i="0" u="none" strike="noStrike">
                           <a:solidFill>
                             <a:srgbClr val="000000"/>
                           </a:solidFill>
                           <a:effectLst/>
                           <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
                           <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
                         </a:rPr>
                         <a:t>日</a:t>
                       </a:r>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marL="9525" marR="9525" marT="9525" marB="0" anchor="ctr"/>
                 </a:tc>
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr algn="ctr" fontAlgn="ctr">
                         <a:buNone/>
                       </a:pPr>
                       <a:r>
-                        <a:rPr lang="ja-JP" altLang="en-US" sz="1100" b="0" i="0" u="none" strike="noStrike" dirty="0">
-[...30 lines deleted...]
-                        <a:t>0</a:t>
+                        <a:rPr lang="ja-JP" altLang="en-US" sz="1100" b="0" i="0" u="none" strike="noStrike">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                        </a:rPr>
+                        <a:t>佐賀県</a:t>
+                      </a:r>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="9525" marR="9525" marT="9525" marB="0" anchor="ctr"/>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr algn="ctr" fontAlgn="ctr">
+                        <a:buNone/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="en-US" altLang="ja-JP" sz="1100" b="0" i="0" u="none" strike="noStrike">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                        </a:rPr>
+                        <a:t>3</a:t>
                       </a:r>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marL="9525" marR="9525" marT="9525" marB="0" anchor="ctr"/>
                 </a:tc>
                 <a:extLst>
                   <a:ext uri="{0D108BD9-81ED-4DB2-BD59-A6C34878D82A}">
                     <a16:rowId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="10010"/>
                   </a:ext>
                 </a:extLst>
               </a:tr>
-              <a:tr h="186102">
+              <a:tr h="165408">
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr algn="l" fontAlgn="ctr">
                         <a:buNone/>
                       </a:pPr>
                       <a:r>
-                        <a:rPr lang="ja-JP" altLang="en-US" sz="1100" b="0" i="0" u="none" strike="noStrike">
-[...30 lines deleted...]
-                        <a:t>12</a:t>
+                        <a:rPr lang="en-US" altLang="ja-JP" sz="1100" b="0" i="0" u="none" strike="noStrike">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                        </a:rPr>
+                        <a:t>IDEC </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="ja-JP" altLang="en-US" sz="1100" b="0" i="0" u="none" strike="noStrike">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                        </a:rPr>
+                        <a:t>正角平形昭光式スイッチ（</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" altLang="ja-JP" sz="1100" b="0" i="0" u="none" strike="noStrike">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                        </a:rPr>
+                        <a:t>ULQS1B1620DDNA</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="ja-JP" altLang="en-US" sz="1100" b="0" i="0" u="none" strike="noStrike">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                        </a:rPr>
+                        <a:t>）を探しています。</a:t>
+                      </a:r>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="9525" marR="9525" marT="9525" marB="0" anchor="ctr"/>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr algn="ctr" fontAlgn="ctr">
+                        <a:buNone/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="en-US" altLang="ja-JP" sz="1100" b="0" i="0" u="none" strike="noStrike">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                        </a:rPr>
+                        <a:t>3</a:t>
                       </a:r>
                       <a:r>
                         <a:rPr lang="ja-JP" altLang="en-US" sz="1100" b="0" i="0" u="none" strike="noStrike">
                           <a:solidFill>
                             <a:srgbClr val="000000"/>
                           </a:solidFill>
                           <a:effectLst/>
                           <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
                           <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
                         </a:rPr>
                         <a:t>月</a:t>
                       </a:r>
                       <a:r>
                         <a:rPr lang="en-US" altLang="ja-JP" sz="1100" b="0" i="0" u="none" strike="noStrike">
                           <a:solidFill>
                             <a:srgbClr val="000000"/>
                           </a:solidFill>
                           <a:effectLst/>
                           <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
                           <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
                         </a:rPr>
-                        <a:t>28</a:t>
+                        <a:t>31</a:t>
                       </a:r>
                       <a:r>
                         <a:rPr lang="ja-JP" altLang="en-US" sz="1100" b="0" i="0" u="none" strike="noStrike">
                           <a:solidFill>
                             <a:srgbClr val="000000"/>
                           </a:solidFill>
                           <a:effectLst/>
                           <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
                           <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
                         </a:rPr>
                         <a:t>日</a:t>
                       </a:r>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marL="9525" marR="9525" marT="9525" marB="0" anchor="ctr"/>
                 </a:tc>
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr algn="ctr" fontAlgn="ctr">
                         <a:buNone/>
                       </a:pPr>
                       <a:r>
                         <a:rPr lang="ja-JP" altLang="en-US" sz="1100" b="0" i="0" u="none" strike="noStrike">
                           <a:solidFill>
                             <a:srgbClr val="000000"/>
                           </a:solidFill>
                           <a:effectLst/>
                           <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
                           <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
                         </a:rPr>
-                        <a:t>大阪府</a:t>
-[...22 lines deleted...]
-                        <a:t>0</a:t>
+                        <a:t>兵庫県</a:t>
+                      </a:r>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="9525" marR="9525" marT="9525" marB="0" anchor="ctr"/>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr algn="ctr" fontAlgn="ctr">
+                        <a:buNone/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="en-US" altLang="ja-JP" sz="1100" b="0" i="0" u="none" strike="noStrike">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                        </a:rPr>
+                        <a:t>1</a:t>
                       </a:r>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marL="9525" marR="9525" marT="9525" marB="0" anchor="ctr"/>
                 </a:tc>
                 <a:extLst>
                   <a:ext uri="{0D108BD9-81ED-4DB2-BD59-A6C34878D82A}">
                     <a16:rowId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="10011"/>
                   </a:ext>
                 </a:extLst>
               </a:tr>
-              <a:tr h="186102">
+              <a:tr h="165408">
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr algn="l" fontAlgn="ctr">
                         <a:buNone/>
                       </a:pPr>
                       <a:r>
                         <a:rPr lang="ja-JP" altLang="en-US" sz="1100" b="0" i="0" u="none" strike="noStrike">
                           <a:solidFill>
                             <a:srgbClr val="000000"/>
                           </a:solidFill>
                           <a:effectLst/>
                           <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
                           <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
                         </a:rPr>
-                        <a:t>容器を探しております</a:t>
-[...22 lines deleted...]
-                        <a:t>12</a:t>
+                        <a:t>水産加工外注先募集（えび・うなぎ）｜国内加工・検品・再梱包</a:t>
+                      </a:r>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="9525" marR="9525" marT="9525" marB="0" anchor="ctr"/>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr algn="ctr" fontAlgn="ctr">
+                        <a:buNone/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="en-US" altLang="ja-JP" sz="1100" b="0" i="0" u="none" strike="noStrike">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                        </a:rPr>
+                        <a:t>3</a:t>
                       </a:r>
                       <a:r>
                         <a:rPr lang="ja-JP" altLang="en-US" sz="1100" b="0" i="0" u="none" strike="noStrike">
                           <a:solidFill>
                             <a:srgbClr val="000000"/>
                           </a:solidFill>
                           <a:effectLst/>
                           <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
                           <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
                         </a:rPr>
                         <a:t>月</a:t>
                       </a:r>
                       <a:r>
                         <a:rPr lang="en-US" altLang="ja-JP" sz="1100" b="0" i="0" u="none" strike="noStrike">
                           <a:solidFill>
                             <a:srgbClr val="000000"/>
                           </a:solidFill>
                           <a:effectLst/>
                           <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
                           <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
                         </a:rPr>
-                        <a:t>28</a:t>
+                        <a:t>31</a:t>
                       </a:r>
                       <a:r>
                         <a:rPr lang="ja-JP" altLang="en-US" sz="1100" b="0" i="0" u="none" strike="noStrike">
                           <a:solidFill>
                             <a:srgbClr val="000000"/>
                           </a:solidFill>
                           <a:effectLst/>
                           <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
                           <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
                         </a:rPr>
                         <a:t>日</a:t>
                       </a:r>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marL="9525" marR="9525" marT="9525" marB="0" anchor="ctr"/>
                 </a:tc>
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr algn="ctr" fontAlgn="ctr">
                         <a:buNone/>
                       </a:pPr>
                       <a:r>
-                        <a:rPr lang="ja-JP" altLang="en-US" sz="1100" b="0" i="0" u="none" strike="noStrike" dirty="0">
-[...30 lines deleted...]
-                        <a:t>3</a:t>
+                        <a:rPr lang="ja-JP" altLang="en-US" sz="1100" b="0" i="0" u="none" strike="noStrike">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                        </a:rPr>
+                        <a:t>東京都</a:t>
+                      </a:r>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="9525" marR="9525" marT="9525" marB="0" anchor="ctr"/>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr algn="ctr" fontAlgn="ctr">
+                        <a:buNone/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="en-US" altLang="ja-JP" sz="1100" b="0" i="0" u="none" strike="noStrike">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                        </a:rPr>
+                        <a:t>2</a:t>
                       </a:r>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marL="9525" marR="9525" marT="9525" marB="0" anchor="ctr"/>
                 </a:tc>
                 <a:extLst>
                   <a:ext uri="{0D108BD9-81ED-4DB2-BD59-A6C34878D82A}">
                     <a16:rowId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="10012"/>
                   </a:ext>
                 </a:extLst>
               </a:tr>
-              <a:tr h="186102">
+              <a:tr h="321923">
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr algn="l" fontAlgn="ctr">
                         <a:buNone/>
                       </a:pPr>
                       <a:r>
-                        <a:rPr lang="en-US" altLang="ja-JP" sz="1100" b="0" i="0" u="none" strike="noStrike">
-[...63 lines deleted...]
-                        <a:t>12</a:t>
+                        <a:rPr lang="ja-JP" altLang="en-US" sz="1100" b="0" i="0" u="none" strike="noStrike">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                        </a:rPr>
+                        <a:t>輸入</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" altLang="ja-JP" sz="1100" b="0" i="0" u="none" strike="noStrike">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                        </a:rPr>
+                        <a:t>OEM</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="ja-JP" altLang="en-US" sz="1100" b="0" i="0" u="none" strike="noStrike">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                        </a:rPr>
+                        <a:t>折りたたみ傘を検品から品質表示紙付け、下げ札付け、発送代行まで行っていただける業者様を探しています。</a:t>
+                      </a:r>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="9525" marR="9525" marT="9525" marB="0" anchor="ctr"/>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr algn="ctr" fontAlgn="ctr">
+                        <a:buNone/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="en-US" altLang="ja-JP" sz="1100" b="0" i="0" u="none" strike="noStrike">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                        </a:rPr>
+                        <a:t>4</a:t>
                       </a:r>
                       <a:r>
                         <a:rPr lang="ja-JP" altLang="en-US" sz="1100" b="0" i="0" u="none" strike="noStrike">
                           <a:solidFill>
                             <a:srgbClr val="000000"/>
                           </a:solidFill>
                           <a:effectLst/>
                           <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
                           <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
                         </a:rPr>
                         <a:t>月</a:t>
                       </a:r>
                       <a:r>
                         <a:rPr lang="en-US" altLang="ja-JP" sz="1100" b="0" i="0" u="none" strike="noStrike">
                           <a:solidFill>
                             <a:srgbClr val="000000"/>
                           </a:solidFill>
                           <a:effectLst/>
                           <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
                           <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
                         </a:rPr>
-                        <a:t>30</a:t>
+                        <a:t>1</a:t>
                       </a:r>
                       <a:r>
                         <a:rPr lang="ja-JP" altLang="en-US" sz="1100" b="0" i="0" u="none" strike="noStrike">
                           <a:solidFill>
                             <a:srgbClr val="000000"/>
                           </a:solidFill>
                           <a:effectLst/>
                           <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
                           <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
                         </a:rPr>
                         <a:t>日</a:t>
                       </a:r>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marL="9525" marR="9525" marT="9525" marB="0" anchor="ctr"/>
                 </a:tc>
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr algn="ctr" fontAlgn="ctr">
                         <a:buNone/>
                       </a:pPr>
                       <a:r>
                         <a:rPr lang="ja-JP" altLang="en-US" sz="1100" b="0" i="0" u="none" strike="noStrike">
                           <a:solidFill>
                             <a:srgbClr val="000000"/>
                           </a:solidFill>
                           <a:effectLst/>
                           <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
                           <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
                         </a:rPr>
-                        <a:t>大阪府</a:t>
-[...22 lines deleted...]
-                        <a:t>2</a:t>
+                        <a:t>神奈川県</a:t>
+                      </a:r>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="9525" marR="9525" marT="9525" marB="0" anchor="ctr"/>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr algn="ctr" fontAlgn="ctr">
+                        <a:buNone/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="en-US" altLang="ja-JP" sz="1100" b="0" i="0" u="none" strike="noStrike">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                        </a:rPr>
+                        <a:t>3</a:t>
                       </a:r>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marL="9525" marR="9525" marT="9525" marB="0" anchor="ctr"/>
                 </a:tc>
                 <a:extLst>
                   <a:ext uri="{0D108BD9-81ED-4DB2-BD59-A6C34878D82A}">
                     <a16:rowId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="10013"/>
                   </a:ext>
                 </a:extLst>
               </a:tr>
-              <a:tr h="186102">
+              <a:tr h="165408">
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr algn="l" fontAlgn="ctr">
                         <a:buNone/>
                       </a:pPr>
                       <a:r>
                         <a:rPr lang="ja-JP" altLang="en-US" sz="1100" b="0" i="0" u="none" strike="noStrike">
                           <a:solidFill>
                             <a:srgbClr val="000000"/>
                           </a:solidFill>
                           <a:effectLst/>
                           <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
                           <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
                         </a:rPr>
-                        <a:t>ファイントゥディさんの卸に強い会社さんを探しています</a:t>
-[...22 lines deleted...]
-                        <a:t>12</a:t>
+                        <a:t>ドロップシップができる商品（ケース単位・カテゴリー不問）を探しています。</a:t>
+                      </a:r>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="9525" marR="9525" marT="9525" marB="0" anchor="ctr"/>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr algn="ctr" fontAlgn="ctr">
+                        <a:buNone/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="en-US" altLang="ja-JP" sz="1100" b="0" i="0" u="none" strike="noStrike">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                        </a:rPr>
+                        <a:t>4</a:t>
                       </a:r>
                       <a:r>
                         <a:rPr lang="ja-JP" altLang="en-US" sz="1100" b="0" i="0" u="none" strike="noStrike">
                           <a:solidFill>
                             <a:srgbClr val="000000"/>
                           </a:solidFill>
                           <a:effectLst/>
                           <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
                           <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
                         </a:rPr>
                         <a:t>月</a:t>
                       </a:r>
                       <a:r>
                         <a:rPr lang="en-US" altLang="ja-JP" sz="1100" b="0" i="0" u="none" strike="noStrike">
                           <a:solidFill>
                             <a:srgbClr val="000000"/>
                           </a:solidFill>
                           <a:effectLst/>
                           <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
                           <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
                         </a:rPr>
-                        <a:t>30</a:t>
+                        <a:t>1</a:t>
                       </a:r>
                       <a:r>
                         <a:rPr lang="ja-JP" altLang="en-US" sz="1100" b="0" i="0" u="none" strike="noStrike">
                           <a:solidFill>
                             <a:srgbClr val="000000"/>
                           </a:solidFill>
                           <a:effectLst/>
                           <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
                           <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
                         </a:rPr>
                         <a:t>日</a:t>
                       </a:r>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marL="9525" marR="9525" marT="9525" marB="0" anchor="ctr"/>
                 </a:tc>
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr algn="ctr" fontAlgn="ctr">
                         <a:buNone/>
                       </a:pPr>
                       <a:r>
                         <a:rPr lang="ja-JP" altLang="en-US" sz="1100" b="0" i="0" u="none" strike="noStrike">
                           <a:solidFill>
                             <a:srgbClr val="000000"/>
                           </a:solidFill>
                           <a:effectLst/>
                           <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
                           <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
                         </a:rPr>
-                        <a:t>愛知県</a:t>
-[...14 lines deleted...]
-                        <a:rPr lang="en-US" altLang="ja-JP" sz="1100" b="0" i="0" u="none" strike="noStrike" dirty="0">
+                        <a:t>東京都</a:t>
+                      </a:r>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="9525" marR="9525" marT="9525" marB="0" anchor="ctr"/>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr algn="ctr" fontAlgn="ctr">
+                        <a:buNone/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="en-US" altLang="ja-JP" sz="1100" b="0" i="0" u="none" strike="noStrike">
                           <a:solidFill>
                             <a:srgbClr val="000000"/>
                           </a:solidFill>
                           <a:effectLst/>
                           <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
                           <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
                         </a:rPr>
                         <a:t>1</a:t>
                       </a:r>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marL="9525" marR="9525" marT="9525" marB="0" anchor="ctr"/>
                 </a:tc>
                 <a:extLst>
                   <a:ext uri="{0D108BD9-81ED-4DB2-BD59-A6C34878D82A}">
                     <a16:rowId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="10014"/>
                   </a:ext>
                 </a:extLst>
               </a:tr>
-              <a:tr h="186102">
+              <a:tr h="321923">
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr algn="l" fontAlgn="ctr">
                         <a:buNone/>
                       </a:pPr>
                       <a:r>
                         <a:rPr lang="ja-JP" altLang="en-US" sz="1100" b="0" i="0" u="none" strike="noStrike">
                           <a:solidFill>
                             <a:srgbClr val="000000"/>
                           </a:solidFill>
                           <a:effectLst/>
                           <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
                           <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
                         </a:rPr>
-                        <a:t>フリルやリボンたっぷりの服を探しています。</a:t>
-[...22 lines deleted...]
-                        <a:t>12</a:t>
+                        <a:t>アライヘルメットを仕入れたいです。</a:t>
+                      </a:r>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="9525" marR="9525" marT="9525" marB="0" anchor="ctr"/>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr algn="ctr" fontAlgn="ctr">
+                        <a:buNone/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="en-US" altLang="ja-JP" sz="1100" b="0" i="0" u="none" strike="noStrike">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                        </a:rPr>
+                        <a:t>4</a:t>
                       </a:r>
                       <a:r>
                         <a:rPr lang="ja-JP" altLang="en-US" sz="1100" b="0" i="0" u="none" strike="noStrike">
                           <a:solidFill>
                             <a:srgbClr val="000000"/>
                           </a:solidFill>
                           <a:effectLst/>
                           <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
                           <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
                         </a:rPr>
                         <a:t>月</a:t>
                       </a:r>
                       <a:r>
                         <a:rPr lang="en-US" altLang="ja-JP" sz="1100" b="0" i="0" u="none" strike="noStrike">
                           <a:solidFill>
                             <a:srgbClr val="000000"/>
                           </a:solidFill>
                           <a:effectLst/>
                           <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
                           <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
                         </a:rPr>
-                        <a:t>31</a:t>
+                        <a:t>3</a:t>
                       </a:r>
                       <a:r>
                         <a:rPr lang="ja-JP" altLang="en-US" sz="1100" b="0" i="0" u="none" strike="noStrike">
                           <a:solidFill>
                             <a:srgbClr val="000000"/>
                           </a:solidFill>
                           <a:effectLst/>
                           <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
                           <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
                         </a:rPr>
                         <a:t>日</a:t>
                       </a:r>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marL="9525" marR="9525" marT="9525" marB="0" anchor="ctr"/>
                 </a:tc>
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr algn="ctr" fontAlgn="ctr">
                         <a:buNone/>
                       </a:pPr>
                       <a:r>
                         <a:rPr lang="ja-JP" altLang="en-US" sz="1100" b="0" i="0" u="none" strike="noStrike">
                           <a:solidFill>
                             <a:srgbClr val="000000"/>
                           </a:solidFill>
                           <a:effectLst/>
                           <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
                           <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
                         </a:rPr>
-                        <a:t>東京都</a:t>
-[...22 lines deleted...]
-                        <a:t>1</a:t>
+                        <a:t>千葉県</a:t>
+                      </a:r>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="9525" marR="9525" marT="9525" marB="0" anchor="ctr"/>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr algn="ctr" fontAlgn="ctr">
+                        <a:buNone/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="en-US" altLang="ja-JP" sz="1100" b="0" i="0" u="none" strike="noStrike">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                        </a:rPr>
+                        <a:t>0</a:t>
                       </a:r>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marL="9525" marR="9525" marT="9525" marB="0" anchor="ctr"/>
                 </a:tc>
                 <a:extLst>
                   <a:ext uri="{0D108BD9-81ED-4DB2-BD59-A6C34878D82A}">
                     <a16:rowId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="425783478"/>
                   </a:ext>
                 </a:extLst>
               </a:tr>
-              <a:tr h="186102">
+              <a:tr h="165408">
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr algn="l" fontAlgn="ctr">
                         <a:buNone/>
                       </a:pPr>
                       <a:r>
-                        <a:rPr lang="ja-JP" altLang="en-US" sz="1100" b="0" i="0" u="none" strike="noStrike">
-[...30 lines deleted...]
-                        <a:t>12</a:t>
+                        <a:rPr lang="en-US" altLang="ja-JP" sz="1100" b="0" i="0" u="none" strike="noStrike">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                        </a:rPr>
+                        <a:t>EC</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="ja-JP" altLang="en-US" sz="1100" b="0" i="0" u="none" strike="noStrike">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                        </a:rPr>
+                        <a:t>モールで販売可能な美容商材をお持ちのメーカー様、卸様、募集します</a:t>
+                      </a:r>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="9525" marR="9525" marT="9525" marB="0" anchor="ctr"/>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr algn="ctr" fontAlgn="ctr">
+                        <a:buNone/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="en-US" altLang="ja-JP" sz="1100" b="0" i="0" u="none" strike="noStrike">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                        </a:rPr>
+                        <a:t>4</a:t>
                       </a:r>
                       <a:r>
                         <a:rPr lang="ja-JP" altLang="en-US" sz="1100" b="0" i="0" u="none" strike="noStrike">
                           <a:solidFill>
                             <a:srgbClr val="000000"/>
                           </a:solidFill>
                           <a:effectLst/>
                           <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
                           <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
                         </a:rPr>
                         <a:t>月</a:t>
                       </a:r>
                       <a:r>
                         <a:rPr lang="en-US" altLang="ja-JP" sz="1100" b="0" i="0" u="none" strike="noStrike">
                           <a:solidFill>
                             <a:srgbClr val="000000"/>
                           </a:solidFill>
                           <a:effectLst/>
                           <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
                           <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
                         </a:rPr>
-                        <a:t>31</a:t>
+                        <a:t>3</a:t>
                       </a:r>
                       <a:r>
                         <a:rPr lang="ja-JP" altLang="en-US" sz="1100" b="0" i="0" u="none" strike="noStrike">
                           <a:solidFill>
                             <a:srgbClr val="000000"/>
                           </a:solidFill>
                           <a:effectLst/>
                           <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
                           <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
                         </a:rPr>
                         <a:t>日</a:t>
                       </a:r>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marL="9525" marR="9525" marT="9525" marB="0" anchor="ctr"/>
                 </a:tc>
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr algn="ctr" fontAlgn="ctr">
                         <a:buNone/>
                       </a:pPr>
                       <a:r>
@@ -10970,312 +15076,180 @@
                           <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
                         </a:rPr>
                         <a:t>大阪府</a:t>
                       </a:r>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marL="9525" marR="9525" marT="9525" marB="0" anchor="ctr"/>
                 </a:tc>
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr algn="ctr" fontAlgn="ctr">
                         <a:buNone/>
                       </a:pPr>
                       <a:r>
                         <a:rPr lang="en-US" altLang="ja-JP" sz="1100" b="0" i="0" u="none" strike="noStrike" dirty="0">
                           <a:solidFill>
                             <a:srgbClr val="000000"/>
                           </a:solidFill>
                           <a:effectLst/>
                           <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
                           <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
                         </a:rPr>
-                        <a:t>2</a:t>
+                        <a:t>5</a:t>
                       </a:r>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marL="9525" marR="9525" marT="9525" marB="0" anchor="ctr"/>
                 </a:tc>
                 <a:extLst>
                   <a:ext uri="{0D108BD9-81ED-4DB2-BD59-A6C34878D82A}">
                     <a16:rowId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="2095567846"/>
-                  </a:ext>
-[...130 lines deleted...]
-                    <a16:rowId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="3194735872"/>
                   </a:ext>
                 </a:extLst>
               </a:tr>
             </a:tbl>
           </a:graphicData>
         </a:graphic>
       </p:graphicFrame>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
-        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2566876838"/>
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="615231130"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
-<file path=ppt/slides/slide3.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=ppt/slides/slide4.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name="">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{FDFA54F0-64E0-DA49-A7A8-C4EBFFC59D2E}"/>
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{16FB0A55-C94D-4245-1AB6-421CA69121ED}"/>
             </a:ext>
           </a:extLst>
         </p:cNvPr>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:pic>
         <p:nvPicPr>
           <p:cNvPr id="5" name="図 4">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{C1B29B97-DBBA-43AD-9320-8B532A15748D}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{D7A2A2B4-F9E6-8954-08BB-91381671B001}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1"/>
           </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
           <a:blip r:embed="rId2">
             <a:extLst>
               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                 <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
               </a:ext>
             </a:extLst>
           </a:blip>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
             <a:off x="993508" y="188493"/>
             <a:ext cx="5044048" cy="1442368"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
       </p:pic>
       <p:pic>
         <p:nvPicPr>
           <p:cNvPr id="6" name="図 5">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{B122154D-94D0-0FC3-2630-05CA97BCD857}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{8D73F363-6F3D-3AAD-0016-1515BC6D2C9F}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1"/>
           </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
           <a:blip r:embed="rId3" cstate="print">
             <a:extLst>
               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                 <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
               </a:ext>
             </a:extLst>
           </a:blip>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
             <a:off x="5993744" y="432311"/>
             <a:ext cx="1071424" cy="1071424"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
       </p:pic>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="7" name="テキスト ボックス 6">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{498A605B-A495-3081-C85A-4D007683E291}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{04CEA7A5-AFAF-FC4E-8E69-AE38A2AA6F0A}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="7137354" y="598017"/>
             <a:ext cx="3866605" cy="615553"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr marL="171450" indent="-171450">
               <a:buFont typeface="Wingdings" panose="05000000000000000000" pitchFamily="2" charset="2"/>
               <a:buChar char="l"/>
@@ -11343,175 +15317,175 @@
           </a:p>
           <a:p>
             <a:pPr marL="171450" indent="-171450">
               <a:buFont typeface="Wingdings" panose="05000000000000000000" pitchFamily="2" charset="2"/>
               <a:buChar char="l"/>
             </a:pPr>
             <a:r>
               <a:rPr lang="ja-JP" altLang="en-US" sz="800" dirty="0">
                 <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
                 <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
               </a:rPr>
               <a:t>１つのユーザー登録（無料）で売り手側にも買い手側にも</a:t>
             </a:r>
             <a:endParaRPr kumimoji="1" lang="ja-JP" altLang="en-US" sz="800" dirty="0">
               <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
               <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="9" name="テキスト ボックス 8">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{5E081A71-B921-E671-FEB0-BD9FD087B795}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{107BF9D3-0B89-65B9-FC6D-D6608026DAED}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="7137354" y="316234"/>
             <a:ext cx="4048125" cy="276999"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="square" rtlCol="0">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:r>
               <a:rPr lang="en-US" altLang="ja-JP" sz="1200" b="1" dirty="0">
                 <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
                 <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
               </a:rPr>
               <a:t>https://www.b-mall.ne.jp/syodan/</a:t>
             </a:r>
             <a:endParaRPr kumimoji="1" lang="ja-JP" altLang="en-US" sz="1200" b="1" dirty="0">
               <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
               <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:cxnSp>
         <p:nvCxnSpPr>
           <p:cNvPr id="11" name="直線コネクタ 10">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{D9046D4C-3D5C-16AC-5360-D7A885DBC50B}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{1D1E8B80-C2A2-387B-674C-0221BF9A29CD}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvCxnSpPr/>
           <p:nvPr/>
         </p:nvCxnSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="0" y="1616539"/>
             <a:ext cx="12192000" cy="0"/>
           </a:xfrm>
           <a:prstGeom prst="line">
             <a:avLst/>
           </a:prstGeom>
           <a:ln w="38100">
             <a:solidFill>
               <a:srgbClr val="0066CB"/>
             </a:solidFill>
           </a:ln>
         </p:spPr>
         <p:style>
           <a:lnRef idx="1">
             <a:schemeClr val="accent1"/>
           </a:lnRef>
           <a:fillRef idx="0">
             <a:schemeClr val="accent1"/>
           </a:fillRef>
           <a:effectRef idx="0">
             <a:schemeClr val="accent1"/>
           </a:effectRef>
           <a:fontRef idx="minor">
             <a:schemeClr val="tx1"/>
           </a:fontRef>
         </p:style>
       </p:cxnSp>
       <p:cxnSp>
         <p:nvCxnSpPr>
           <p:cNvPr id="12" name="直線コネクタ 11">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{103025FC-9EB3-29B1-0C39-D8E6EF24AB30}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{EE557003-50E8-6F43-F872-B74440F1E0B1}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvCxnSpPr/>
           <p:nvPr/>
         </p:nvCxnSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="0" y="1654639"/>
             <a:ext cx="12192000" cy="0"/>
           </a:xfrm>
           <a:prstGeom prst="line">
             <a:avLst/>
           </a:prstGeom>
           <a:ln w="38100">
             <a:solidFill>
               <a:srgbClr val="FFFF00"/>
             </a:solidFill>
           </a:ln>
         </p:spPr>
         <p:style>
           <a:lnRef idx="1">
             <a:schemeClr val="accent1"/>
           </a:lnRef>
           <a:fillRef idx="0">
             <a:schemeClr val="accent1"/>
           </a:fillRef>
           <a:effectRef idx="0">
             <a:schemeClr val="accent1"/>
           </a:effectRef>
           <a:fontRef idx="minor">
             <a:schemeClr val="tx1"/>
           </a:fontRef>
         </p:style>
       </p:cxnSp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="13" name="テキスト ボックス 12">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{439C3244-0E65-0D41-06E6-3AF12F12D6D1}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{EC205C69-AC43-D307-8D55-D781B20E5D7D}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="1619377" y="6173143"/>
             <a:ext cx="5444350" cy="384721"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr lvl="0"/>
             <a:r>
               <a:rPr lang="ja-JP" altLang="en-US" sz="900" dirty="0">
@@ -11617,51 +15591,51 @@
                 </a:solidFill>
                 <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
                 <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
                 <a:cs typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
               </a:rPr>
               <a:t>をお持ちでない方はザ・ビジネスモールサイトからご登録下さい</a:t>
             </a:r>
             <a:endParaRPr lang="en-US" altLang="ja-JP" sz="700" dirty="0">
               <a:solidFill>
                 <a:schemeClr val="bg1">
                   <a:lumMod val="50000"/>
                 </a:schemeClr>
               </a:solidFill>
               <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
               <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
               <a:cs typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="14" name="テキスト ボックス 13">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{BFE18095-1C27-DADC-95CD-BEB11ACE7404}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{7224A39E-7CA5-B693-87C4-1A469A3304D7}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="6925172" y="6130782"/>
             <a:ext cx="3911589" cy="461665"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="square" tIns="0" bIns="0" rtlCol="0">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:r>
               <a:rPr lang="ja-JP" altLang="ja-JP" sz="600" b="1" dirty="0">
                 <a:latin typeface="BIZ UDゴシック" panose="020B0400000000000000" pitchFamily="49" charset="-128"/>
@@ -11725,259 +15699,259 @@
               <a:rPr lang="ja-JP" altLang="ja-JP" sz="600" dirty="0">
                 <a:latin typeface="BIZ UDゴシック" panose="020B0400000000000000" pitchFamily="49" charset="-128"/>
                 <a:ea typeface="BIZ UDゴシック" panose="020B0400000000000000" pitchFamily="49" charset="-128"/>
                 <a:cs typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
               </a:rPr>
               <a:t>・案件主は、ザ・ビジネスモールに参画している商工会議所・商工会の会員企業です。</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:r>
               <a:rPr lang="ja-JP" altLang="ja-JP" sz="600" dirty="0">
                 <a:latin typeface="BIZ UDゴシック" panose="020B0400000000000000" pitchFamily="49" charset="-128"/>
                 <a:ea typeface="BIZ UDゴシック" panose="020B0400000000000000" pitchFamily="49" charset="-128"/>
                 <a:cs typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
               </a:rPr>
               <a:t>・当所ではこのサイトに掲載している企業との取引を保証しているものではありません。</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:cxnSp>
         <p:nvCxnSpPr>
           <p:cNvPr id="16" name="直線コネクタ 15">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{5EF579E0-1B28-3356-0D5F-F51681549228}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{6C3610F5-4A01-9ED5-09E3-CFD093B7F133}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvCxnSpPr/>
           <p:nvPr/>
         </p:nvCxnSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="0" y="6092682"/>
             <a:ext cx="12268200" cy="0"/>
           </a:xfrm>
           <a:prstGeom prst="line">
             <a:avLst/>
           </a:prstGeom>
           <a:ln>
             <a:solidFill>
               <a:schemeClr val="bg1">
                 <a:lumMod val="65000"/>
               </a:schemeClr>
             </a:solidFill>
           </a:ln>
         </p:spPr>
         <p:style>
           <a:lnRef idx="1">
             <a:schemeClr val="accent1"/>
           </a:lnRef>
           <a:fillRef idx="0">
             <a:schemeClr val="accent1"/>
           </a:fillRef>
           <a:effectRef idx="0">
             <a:schemeClr val="accent1"/>
           </a:effectRef>
           <a:fontRef idx="minor">
             <a:schemeClr val="tx1"/>
           </a:fontRef>
         </p:style>
       </p:cxnSp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="18" name="テキスト ボックス 17">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{E37110C3-3BFE-BBEC-F3C3-79BCD9DB3BDC}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{43366790-1E95-AAE7-BC48-559237D25D34}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="7063727" y="1267904"/>
             <a:ext cx="3900439" cy="261610"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:solidFill>
             <a:srgbClr val="0070C0"/>
           </a:solidFill>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="square" rtlCol="0">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:r>
               <a:rPr lang="ja-JP" altLang="en-US" sz="1100" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="bg1"/>
                 </a:solidFill>
                 <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
                 <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
                 <a:cs typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
               </a:rPr>
               <a:t>ザ・商談モール［募集中］案件一覧　</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" altLang="ja-JP" sz="1100" b="1" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="FFFF00"/>
                 </a:solidFill>
                 <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
                 <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
                 <a:cs typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
               </a:rPr>
-              <a:t>2025</a:t>
+              <a:t>2026</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="ja-JP" altLang="en-US" sz="1100" b="1" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="FFFF00"/>
                 </a:solidFill>
                 <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
                 <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
                 <a:cs typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
               </a:rPr>
               <a:t>年</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" altLang="ja-JP" sz="1100" b="1" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="FFFF00"/>
                 </a:solidFill>
                 <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
                 <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
                 <a:cs typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
               </a:rPr>
-              <a:t>12</a:t>
+              <a:t>3</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="ja-JP" altLang="en-US" sz="1100" b="1" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="FFFF00"/>
                 </a:solidFill>
                 <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
                 <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
                 <a:cs typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
               </a:rPr>
               <a:t>月</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" altLang="ja-JP" sz="1100" b="1" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="FFFF00"/>
                 </a:solidFill>
                 <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
                 <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
                 <a:cs typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
               </a:rPr>
-              <a:t>15</a:t>
+              <a:t>9</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="ja-JP" altLang="en-US" sz="1100" b="1" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="FFFF00"/>
                 </a:solidFill>
                 <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
                 <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
                 <a:cs typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
               </a:rPr>
               <a:t>日版</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:graphicFrame>
         <p:nvGraphicFramePr>
           <p:cNvPr id="15" name="表 14">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{3562FEE4-300F-5042-6F47-1A7842621EB8}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{FEF6C2E1-6E12-EA78-A5C8-FDC150300598}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvGraphicFramePr>
             <a:graphicFrameLocks noGrp="1"/>
           </p:cNvGraphicFramePr>
           <p:nvPr>
             <p:extLst>
               <p:ext uri="{D42A27DB-BD31-4B8C-83A1-F6EECF244321}">
-                <p14:modId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3999282570"/>
+                <p14:modId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="4258411633"/>
               </p:ext>
             </p:extLst>
           </p:nvPr>
         </p:nvGraphicFramePr>
         <p:xfrm>
-          <a:off x="1071152" y="1704791"/>
-          <a:ext cx="9893013" cy="4277989"/>
+          <a:off x="1071152" y="1704796"/>
+          <a:ext cx="9893013" cy="4339529"/>
         </p:xfrm>
         <a:graphic>
           <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/table">
             <a:tbl>
               <a:tblPr>
                 <a:tableStyleId>{5C22544A-7EE6-4342-B048-85BDC9FD1C3A}</a:tableStyleId>
               </a:tblPr>
               <a:tblGrid>
                 <a:gridCol w="6956901">
                   <a:extLst>
                     <a:ext uri="{9D8B030D-6E8A-4147-A177-3AD203B41FA5}">
                       <a16:colId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="20000"/>
                     </a:ext>
                   </a:extLst>
                 </a:gridCol>
                 <a:gridCol w="978704">
                   <a:extLst>
                     <a:ext uri="{9D8B030D-6E8A-4147-A177-3AD203B41FA5}">
                       <a16:colId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="20001"/>
                     </a:ext>
                   </a:extLst>
                 </a:gridCol>
                 <a:gridCol w="978704">
                   <a:extLst>
                     <a:ext uri="{9D8B030D-6E8A-4147-A177-3AD203B41FA5}">
                       <a16:colId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="20002"/>
                     </a:ext>
                   </a:extLst>
                 </a:gridCol>
                 <a:gridCol w="978704">
                   <a:extLst>
                     <a:ext uri="{9D8B030D-6E8A-4147-A177-3AD203B41FA5}">
                       <a16:colId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="20003"/>
                     </a:ext>
                   </a:extLst>
                 </a:gridCol>
               </a:tblGrid>
-              <a:tr h="196236">
+              <a:tr h="158775">
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr algn="ctr" fontAlgn="b"/>
                       <a:r>
                         <a:rPr lang="ja-JP" altLang="en-US" sz="1050" b="0" i="0" u="none" strike="noStrike" dirty="0">
                           <a:solidFill>
                             <a:srgbClr val="000000"/>
                           </a:solidFill>
                           <a:effectLst/>
                           <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
                           <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
                         </a:rPr>
                         <a:t>案件名</a:t>
                       </a:r>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marL="9525" marR="9525" marT="9525" marB="0" anchor="ctr">
                     <a:solidFill>
                       <a:schemeClr val="accent1">
                         <a:lumMod val="60000"/>
                         <a:lumOff val="40000"/>
                       </a:schemeClr>
@@ -12052,1687 +16026,1599 @@
                             <a:srgbClr val="000000"/>
                           </a:solidFill>
                           <a:effectLst/>
                           <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
                           <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
                         </a:rPr>
                         <a:t>提案数</a:t>
                       </a:r>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marL="9525" marR="9525" marT="9525" marB="0" anchor="ctr">
                     <a:solidFill>
                       <a:schemeClr val="accent1">
                         <a:lumMod val="60000"/>
                         <a:lumOff val="40000"/>
                       </a:schemeClr>
                     </a:solidFill>
                   </a:tcPr>
                 </a:tc>
                 <a:extLst>
                   <a:ext uri="{0D108BD9-81ED-4DB2-BD59-A6C34878D82A}">
                     <a16:rowId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="10000"/>
                   </a:ext>
                 </a:extLst>
               </a:tr>
-              <a:tr h="196236">
+              <a:tr h="165911">
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr algn="l" fontAlgn="ctr">
                         <a:buNone/>
                       </a:pPr>
                       <a:r>
-                        <a:rPr lang="ja-JP" altLang="en-US" sz="1100" b="0" i="0" u="none" strike="noStrike" dirty="0">
-[...74 lines deleted...]
-                        <a:t>12</a:t>
+                        <a:rPr lang="ja-JP" altLang="en-US" sz="1100" b="0" i="0" u="none" strike="noStrike">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                        </a:rPr>
+                        <a:t>食品関連の期限切迫品、在庫処分品、特価品などの商品のご提案を募集</a:t>
+                      </a:r>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="9525" marR="9525" marT="9525" marB="0" anchor="ctr"/>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr algn="ctr" fontAlgn="ctr">
+                        <a:buNone/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="en-US" altLang="ja-JP" sz="1100" b="0" i="0" u="none" strike="noStrike">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                        </a:rPr>
+                        <a:t>4</a:t>
                       </a:r>
                       <a:r>
                         <a:rPr lang="ja-JP" altLang="en-US" sz="1100" b="0" i="0" u="none" strike="noStrike">
                           <a:solidFill>
                             <a:srgbClr val="000000"/>
                           </a:solidFill>
                           <a:effectLst/>
                           <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
                           <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
                         </a:rPr>
                         <a:t>月</a:t>
                       </a:r>
                       <a:r>
                         <a:rPr lang="en-US" altLang="ja-JP" sz="1100" b="0" i="0" u="none" strike="noStrike">
                           <a:solidFill>
                             <a:srgbClr val="000000"/>
                           </a:solidFill>
                           <a:effectLst/>
                           <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
                           <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
                         </a:rPr>
-                        <a:t>31</a:t>
+                        <a:t>5</a:t>
                       </a:r>
                       <a:r>
                         <a:rPr lang="ja-JP" altLang="en-US" sz="1100" b="0" i="0" u="none" strike="noStrike">
                           <a:solidFill>
                             <a:srgbClr val="000000"/>
                           </a:solidFill>
                           <a:effectLst/>
                           <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
                           <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
                         </a:rPr>
                         <a:t>日</a:t>
                       </a:r>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marL="9525" marR="9525" marT="9525" marB="0" anchor="ctr"/>
                 </a:tc>
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr algn="ctr" fontAlgn="ctr">
                         <a:buNone/>
                       </a:pPr>
                       <a:r>
                         <a:rPr lang="ja-JP" altLang="en-US" sz="1100" b="0" i="0" u="none" strike="noStrike">
                           <a:solidFill>
                             <a:srgbClr val="000000"/>
                           </a:solidFill>
                           <a:effectLst/>
                           <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
                           <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
                         </a:rPr>
-                        <a:t>大阪府</a:t>
-[...22 lines deleted...]
-                        <a:t>3</a:t>
+                        <a:t>東京都</a:t>
+                      </a:r>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="9525" marR="9525" marT="9525" marB="0" anchor="ctr"/>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr algn="ctr" fontAlgn="ctr">
+                        <a:buNone/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="en-US" altLang="ja-JP" sz="1100" b="0" i="0" u="none" strike="noStrike">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                        </a:rPr>
+                        <a:t>0</a:t>
                       </a:r>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marL="9525" marR="9525" marT="9525" marB="0" anchor="ctr"/>
                 </a:tc>
                 <a:extLst>
                   <a:ext uri="{0D108BD9-81ED-4DB2-BD59-A6C34878D82A}">
                     <a16:rowId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="10002"/>
                   </a:ext>
                 </a:extLst>
               </a:tr>
-              <a:tr h="196236">
+              <a:tr h="165911">
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr algn="l" fontAlgn="ctr">
                         <a:buNone/>
                       </a:pPr>
                       <a:r>
-                        <a:rPr lang="ja-JP" altLang="en-US" sz="1100" b="0" i="0" u="none" strike="noStrike" dirty="0">
-[...52 lines deleted...]
-                        <a:t>12</a:t>
+                        <a:rPr lang="ja-JP" altLang="en-US" sz="1100" b="0" i="0" u="none" strike="noStrike">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                        </a:rPr>
+                        <a:t>海外（中国・東南アジア）向けの食品関連・お菓子などを探しています。</a:t>
+                      </a:r>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="9525" marR="9525" marT="9525" marB="0" anchor="ctr"/>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr algn="ctr" fontAlgn="ctr">
+                        <a:buNone/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="en-US" altLang="ja-JP" sz="1100" b="0" i="0" u="none" strike="noStrike">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                        </a:rPr>
+                        <a:t>4</a:t>
                       </a:r>
                       <a:r>
                         <a:rPr lang="ja-JP" altLang="en-US" sz="1100" b="0" i="0" u="none" strike="noStrike">
                           <a:solidFill>
                             <a:srgbClr val="000000"/>
                           </a:solidFill>
                           <a:effectLst/>
                           <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
                           <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
                         </a:rPr>
                         <a:t>月</a:t>
                       </a:r>
                       <a:r>
                         <a:rPr lang="en-US" altLang="ja-JP" sz="1100" b="0" i="0" u="none" strike="noStrike">
                           <a:solidFill>
                             <a:srgbClr val="000000"/>
                           </a:solidFill>
                           <a:effectLst/>
                           <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
                           <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
                         </a:rPr>
-                        <a:t>31</a:t>
+                        <a:t>5</a:t>
                       </a:r>
                       <a:r>
                         <a:rPr lang="ja-JP" altLang="en-US" sz="1100" b="0" i="0" u="none" strike="noStrike">
                           <a:solidFill>
                             <a:srgbClr val="000000"/>
                           </a:solidFill>
                           <a:effectLst/>
                           <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
                           <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
                         </a:rPr>
                         <a:t>日</a:t>
                       </a:r>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marL="9525" marR="9525" marT="9525" marB="0" anchor="ctr"/>
                 </a:tc>
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr algn="ctr" fontAlgn="ctr">
                         <a:buNone/>
                       </a:pPr>
                       <a:r>
                         <a:rPr lang="ja-JP" altLang="en-US" sz="1100" b="0" i="0" u="none" strike="noStrike">
                           <a:solidFill>
                             <a:srgbClr val="000000"/>
                           </a:solidFill>
                           <a:effectLst/>
                           <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
                           <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
                         </a:rPr>
-                        <a:t>栃木県</a:t>
-[...22 lines deleted...]
-                        <a:t>0</a:t>
+                        <a:t>大阪府</a:t>
+                      </a:r>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="9525" marR="9525" marT="9525" marB="0" anchor="ctr"/>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr algn="ctr" fontAlgn="ctr">
+                        <a:buNone/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="en-US" altLang="ja-JP" sz="1100" b="0" i="0" u="none" strike="noStrike">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                        </a:rPr>
+                        <a:t>4</a:t>
                       </a:r>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marL="9525" marR="9525" marT="9525" marB="0" anchor="ctr"/>
                 </a:tc>
                 <a:extLst>
                   <a:ext uri="{0D108BD9-81ED-4DB2-BD59-A6C34878D82A}">
                     <a16:rowId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="3522436497"/>
                   </a:ext>
                 </a:extLst>
               </a:tr>
-              <a:tr h="353269">
+              <a:tr h="165911">
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr algn="l" fontAlgn="ctr">
                         <a:buNone/>
                       </a:pPr>
                       <a:r>
-                        <a:rPr lang="ja-JP" altLang="en-US" sz="1100" b="0" i="0" u="none" strike="noStrike" dirty="0">
-[...52 lines deleted...]
-                        <a:t>1</a:t>
+                        <a:rPr lang="en-US" altLang="ja-JP" sz="1100" b="0" i="0" u="none" strike="noStrike">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                        </a:rPr>
+                        <a:t>【</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="ja-JP" altLang="en-US" sz="1100" b="0" i="0" u="none" strike="noStrike">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                        </a:rPr>
+                        <a:t>大口調達</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" altLang="ja-JP" sz="1100" b="0" i="0" u="none" strike="noStrike">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                        </a:rPr>
+                        <a:t>】AI</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="ja-JP" altLang="en-US" sz="1100" b="0" i="0" u="none" strike="noStrike">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                        </a:rPr>
+                        <a:t>データセンター向けサーバー部材（</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" altLang="ja-JP" sz="1100" b="0" i="0" u="none" strike="noStrike">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                        </a:rPr>
+                        <a:t>DDR5</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="ja-JP" altLang="en-US" sz="1100" b="0" i="0" u="none" strike="noStrike">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                        </a:rPr>
+                        <a:t>メモリ／</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" altLang="ja-JP" sz="1100" b="0" i="0" u="none" strike="noStrike">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                        </a:rPr>
+                        <a:t>Xeon CPU</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="ja-JP" altLang="en-US" sz="1100" b="0" i="0" u="none" strike="noStrike">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                        </a:rPr>
+                        <a:t>／</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" altLang="ja-JP" sz="1100" b="0" i="0" u="none" strike="noStrike">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                        </a:rPr>
+                        <a:t>NVIDIA DPU</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="ja-JP" altLang="en-US" sz="1100" b="0" i="0" u="none" strike="noStrike">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                        </a:rPr>
+                        <a:t>）供給企業募集</a:t>
+                      </a:r>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="9525" marR="9525" marT="9525" marB="0" anchor="ctr"/>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr algn="ctr" fontAlgn="ctr">
+                        <a:buNone/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="en-US" altLang="ja-JP" sz="1100" b="0" i="0" u="none" strike="noStrike">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                        </a:rPr>
+                        <a:t>4</a:t>
                       </a:r>
                       <a:r>
                         <a:rPr lang="ja-JP" altLang="en-US" sz="1100" b="0" i="0" u="none" strike="noStrike">
                           <a:solidFill>
                             <a:srgbClr val="000000"/>
                           </a:solidFill>
                           <a:effectLst/>
                           <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
                           <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
                         </a:rPr>
                         <a:t>月</a:t>
                       </a:r>
                       <a:r>
                         <a:rPr lang="en-US" altLang="ja-JP" sz="1100" b="0" i="0" u="none" strike="noStrike">
                           <a:solidFill>
                             <a:srgbClr val="000000"/>
                           </a:solidFill>
                           <a:effectLst/>
                           <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
                           <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
                         </a:rPr>
-                        <a:t>1</a:t>
+                        <a:t>6</a:t>
                       </a:r>
                       <a:r>
                         <a:rPr lang="ja-JP" altLang="en-US" sz="1100" b="0" i="0" u="none" strike="noStrike">
                           <a:solidFill>
                             <a:srgbClr val="000000"/>
                           </a:solidFill>
                           <a:effectLst/>
                           <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
                           <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
                         </a:rPr>
                         <a:t>日</a:t>
                       </a:r>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marL="9525" marR="9525" marT="9525" marB="0" anchor="ctr"/>
                 </a:tc>
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr algn="ctr" fontAlgn="ctr">
                         <a:buNone/>
                       </a:pPr>
                       <a:r>
                         <a:rPr lang="ja-JP" altLang="en-US" sz="1100" b="0" i="0" u="none" strike="noStrike">
                           <a:solidFill>
                             <a:srgbClr val="000000"/>
                           </a:solidFill>
                           <a:effectLst/>
                           <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
                           <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
                         </a:rPr>
-                        <a:t>長野県</a:t>
-[...22 lines deleted...]
-                        <a:t>4</a:t>
+                        <a:t>東京都</a:t>
+                      </a:r>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="9525" marR="9525" marT="9525" marB="0" anchor="ctr"/>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr algn="ctr" fontAlgn="ctr">
+                        <a:buNone/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="en-US" altLang="ja-JP" sz="1100" b="0" i="0" u="none" strike="noStrike">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                        </a:rPr>
+                        <a:t>0</a:t>
                       </a:r>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marL="9525" marR="9525" marT="9525" marB="0" anchor="ctr"/>
                 </a:tc>
                 <a:extLst>
                   <a:ext uri="{0D108BD9-81ED-4DB2-BD59-A6C34878D82A}">
                     <a16:rowId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="3253976630"/>
                   </a:ext>
                 </a:extLst>
               </a:tr>
-              <a:tr h="196236">
+              <a:tr h="322903">
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr algn="l" fontAlgn="ctr">
                         <a:buNone/>
                       </a:pPr>
                       <a:r>
-                        <a:rPr lang="en-US" altLang="ja-JP" sz="1100" b="0" i="0" u="none" strike="noStrike" dirty="0">
-[...41 lines deleted...]
-                        <a:t>1</a:t>
+                        <a:rPr lang="ja-JP" altLang="en-US" sz="1100" b="0" i="0" u="none" strike="noStrike">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                        </a:rPr>
+                        <a:t>愛媛県今治市、朝倉上甲付近の村落共同墓地にて、</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" altLang="ja-JP" sz="1100" b="0" i="0" u="none" strike="noStrike">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                        </a:rPr>
+                        <a:t>【</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="ja-JP" altLang="en-US" sz="1100" b="0" i="0" u="none" strike="noStrike">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                        </a:rPr>
+                        <a:t>墓じまい：二箇所</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" altLang="ja-JP" sz="1100" b="0" i="0" u="none" strike="noStrike">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                        </a:rPr>
+                        <a:t>】</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="ja-JP" altLang="en-US" sz="1100" b="0" i="0" u="none" strike="noStrike">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                        </a:rPr>
+                        <a:t>の施工をして協力して頂ける、業者様をさがしています。</a:t>
+                      </a:r>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="9525" marR="9525" marT="9525" marB="0" anchor="ctr"/>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr algn="ctr" fontAlgn="ctr">
+                        <a:buNone/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="en-US" altLang="ja-JP" sz="1100" b="0" i="0" u="none" strike="noStrike">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                        </a:rPr>
+                        <a:t>4</a:t>
                       </a:r>
                       <a:r>
                         <a:rPr lang="ja-JP" altLang="en-US" sz="1100" b="0" i="0" u="none" strike="noStrike">
                           <a:solidFill>
                             <a:srgbClr val="000000"/>
                           </a:solidFill>
                           <a:effectLst/>
                           <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
                           <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
                         </a:rPr>
                         <a:t>月</a:t>
                       </a:r>
                       <a:r>
                         <a:rPr lang="en-US" altLang="ja-JP" sz="1100" b="0" i="0" u="none" strike="noStrike">
                           <a:solidFill>
                             <a:srgbClr val="000000"/>
                           </a:solidFill>
                           <a:effectLst/>
                           <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
                           <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
                         </a:rPr>
-                        <a:t>1</a:t>
+                        <a:t>30</a:t>
                       </a:r>
                       <a:r>
                         <a:rPr lang="ja-JP" altLang="en-US" sz="1100" b="0" i="0" u="none" strike="noStrike">
                           <a:solidFill>
                             <a:srgbClr val="000000"/>
                           </a:solidFill>
                           <a:effectLst/>
                           <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
                           <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
                         </a:rPr>
                         <a:t>日</a:t>
                       </a:r>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marL="9525" marR="9525" marT="9525" marB="0" anchor="ctr"/>
                 </a:tc>
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr algn="ctr" fontAlgn="ctr">
                         <a:buNone/>
                       </a:pPr>
                       <a:r>
                         <a:rPr lang="ja-JP" altLang="en-US" sz="1100" b="0" i="0" u="none" strike="noStrike">
                           <a:solidFill>
                             <a:srgbClr val="000000"/>
                           </a:solidFill>
                           <a:effectLst/>
                           <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
                           <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
                         </a:rPr>
-                        <a:t>佐賀県</a:t>
-[...22 lines deleted...]
-                        <a:t>9</a:t>
+                        <a:t>滋賀県</a:t>
+                      </a:r>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="9525" marR="9525" marT="9525" marB="0" anchor="ctr"/>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr algn="ctr" fontAlgn="ctr">
+                        <a:buNone/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="en-US" altLang="ja-JP" sz="1100" b="0" i="0" u="none" strike="noStrike">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                        </a:rPr>
+                        <a:t>0</a:t>
                       </a:r>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marL="9525" marR="9525" marT="9525" marB="0" anchor="ctr"/>
                 </a:tc>
                 <a:extLst>
                   <a:ext uri="{0D108BD9-81ED-4DB2-BD59-A6C34878D82A}">
                     <a16:rowId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="107827956"/>
                   </a:ext>
                 </a:extLst>
               </a:tr>
-              <a:tr h="196236">
+              <a:tr h="165911">
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr algn="l" fontAlgn="ctr">
                         <a:buNone/>
                       </a:pPr>
                       <a:r>
                         <a:rPr lang="ja-JP" altLang="en-US" sz="1100" b="0" i="0" u="none" strike="noStrike">
                           <a:solidFill>
                             <a:srgbClr val="000000"/>
                           </a:solidFill>
                           <a:effectLst/>
                           <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
                           <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
                         </a:rPr>
-                        <a:t>新しいアパレルメーカー様を探しています</a:t>
-[...25 lines deleted...]
-                        <a:rPr lang="ja-JP" altLang="en-US" sz="1100" b="0" i="0" u="none" strike="noStrike" dirty="0">
+                        <a:t>ネットショップで販売できる商品を探しています。</a:t>
+                      </a:r>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="9525" marR="9525" marT="9525" marB="0" anchor="ctr"/>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr algn="ctr" fontAlgn="ctr">
+                        <a:buNone/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="en-US" altLang="ja-JP" sz="1100" b="0" i="0" u="none" strike="noStrike">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                        </a:rPr>
+                        <a:t>4</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="ja-JP" altLang="en-US" sz="1100" b="0" i="0" u="none" strike="noStrike">
                           <a:solidFill>
                             <a:srgbClr val="000000"/>
                           </a:solidFill>
                           <a:effectLst/>
                           <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
                           <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
                         </a:rPr>
                         <a:t>月</a:t>
                       </a:r>
                       <a:r>
-                        <a:rPr lang="en-US" altLang="ja-JP" sz="1100" b="0" i="0" u="none" strike="noStrike" dirty="0">
-[...10 lines deleted...]
-                        <a:rPr lang="ja-JP" altLang="en-US" sz="1100" b="0" i="0" u="none" strike="noStrike" dirty="0">
+                        <a:rPr lang="en-US" altLang="ja-JP" sz="1100" b="0" i="0" u="none" strike="noStrike">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                        </a:rPr>
+                        <a:t>30</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="ja-JP" altLang="en-US" sz="1100" b="0" i="0" u="none" strike="noStrike">
                           <a:solidFill>
                             <a:srgbClr val="000000"/>
                           </a:solidFill>
                           <a:effectLst/>
                           <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
                           <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
                         </a:rPr>
                         <a:t>日</a:t>
                       </a:r>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marL="9525" marR="9525" marT="9525" marB="0" anchor="ctr"/>
                 </a:tc>
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr algn="ctr" fontAlgn="ctr">
                         <a:buNone/>
                       </a:pPr>
                       <a:r>
                         <a:rPr lang="ja-JP" altLang="en-US" sz="1100" b="0" i="0" u="none" strike="noStrike">
                           <a:solidFill>
                             <a:srgbClr val="000000"/>
                           </a:solidFill>
                           <a:effectLst/>
                           <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
                           <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
                         </a:rPr>
-                        <a:t>佐賀県</a:t>
-[...22 lines deleted...]
-                        <a:t>4</a:t>
+                        <a:t>福井県</a:t>
+                      </a:r>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="9525" marR="9525" marT="9525" marB="0" anchor="ctr"/>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr algn="ctr" fontAlgn="ctr">
+                        <a:buNone/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="en-US" altLang="ja-JP" sz="1100" b="0" i="0" u="none" strike="noStrike">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                        </a:rPr>
+                        <a:t>17</a:t>
                       </a:r>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marL="9525" marR="9525" marT="9525" marB="0" anchor="ctr"/>
                 </a:tc>
                 <a:extLst>
                   <a:ext uri="{0D108BD9-81ED-4DB2-BD59-A6C34878D82A}">
                     <a16:rowId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="10003"/>
                   </a:ext>
                 </a:extLst>
               </a:tr>
-              <a:tr h="196236">
+              <a:tr h="165911">
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr algn="l" fontAlgn="ctr">
                         <a:buNone/>
                       </a:pPr>
                       <a:r>
                         <a:rPr lang="ja-JP" altLang="en-US" sz="1100" b="0" i="0" u="none" strike="noStrike">
                           <a:solidFill>
                             <a:srgbClr val="000000"/>
                           </a:solidFill>
                           <a:effectLst/>
                           <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
                           <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
                         </a:rPr>
-                        <a:t>リアル店舗のレジ横商品を探しています。</a:t>
-[...14 lines deleted...]
-                        <a:rPr lang="en-US" altLang="ja-JP" sz="1100" b="0" i="0" u="none" strike="noStrike" dirty="0">
+                        <a:t>中古ノートパソコン</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" altLang="ja-JP" sz="1100" b="0" i="0" u="none" strike="noStrike">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                        </a:rPr>
+                        <a:t>/</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="ja-JP" altLang="en-US" sz="1100" b="0" i="0" u="none" strike="noStrike">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                        </a:rPr>
+                        <a:t>デスクトップパソコンを探しています。</a:t>
+                      </a:r>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="9525" marR="9525" marT="9525" marB="0" anchor="ctr"/>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr algn="ctr" fontAlgn="ctr">
+                        <a:buNone/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="en-US" altLang="ja-JP" sz="1100" b="0" i="0" u="none" strike="noStrike">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                        </a:rPr>
+                        <a:t>4</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="ja-JP" altLang="en-US" sz="1100" b="0" i="0" u="none" strike="noStrike">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                        </a:rPr>
+                        <a:t>月</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" altLang="ja-JP" sz="1100" b="0" i="0" u="none" strike="noStrike">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                        </a:rPr>
+                        <a:t>30</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="ja-JP" altLang="en-US" sz="1100" b="0" i="0" u="none" strike="noStrike">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                        </a:rPr>
+                        <a:t>日</a:t>
+                      </a:r>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="9525" marR="9525" marT="9525" marB="0" anchor="ctr"/>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr algn="ctr" fontAlgn="ctr">
+                        <a:buNone/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="ja-JP" altLang="en-US" sz="1100" b="0" i="0" u="none" strike="noStrike">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                        </a:rPr>
+                        <a:t>大阪府</a:t>
+                      </a:r>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="9525" marR="9525" marT="9525" marB="0" anchor="ctr"/>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr algn="ctr" fontAlgn="ctr">
+                        <a:buNone/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="en-US" altLang="ja-JP" sz="1100" b="0" i="0" u="none" strike="noStrike">
                           <a:solidFill>
                             <a:srgbClr val="000000"/>
                           </a:solidFill>
                           <a:effectLst/>
                           <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
                           <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
                         </a:rPr>
                         <a:t>1</a:t>
-                      </a:r>
-[...77 lines deleted...]
-                        <a:t>4</a:t>
                       </a:r>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marL="9525" marR="9525" marT="9525" marB="0" anchor="ctr"/>
                 </a:tc>
                 <a:extLst>
                   <a:ext uri="{0D108BD9-81ED-4DB2-BD59-A6C34878D82A}">
                     <a16:rowId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="10004"/>
                   </a:ext>
                 </a:extLst>
               </a:tr>
-              <a:tr h="196236">
+              <a:tr h="165911">
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr algn="l" fontAlgn="ctr">
                         <a:buNone/>
                       </a:pPr>
                       <a:r>
-                        <a:rPr lang="en-US" altLang="ja-JP" sz="1100" b="0" i="0" u="none" strike="noStrike">
-[...53 lines deleted...]
-                      </a:pPr>
+                        <a:rPr lang="ja-JP" altLang="en-US" sz="1100" b="0" i="0" u="none" strike="noStrike">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                        </a:rPr>
+                        <a:t>金属スクラップの仕入先様を探しています。</a:t>
+                      </a:r>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="9525" marR="9525" marT="9525" marB="0" anchor="ctr"/>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr algn="ctr" fontAlgn="ctr">
+                        <a:buNone/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="en-US" altLang="ja-JP" sz="1100" b="0" i="0" u="none" strike="noStrike">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                        </a:rPr>
+                        <a:t>5</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="ja-JP" altLang="en-US" sz="1100" b="0" i="0" u="none" strike="noStrike">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                        </a:rPr>
+                        <a:t>月</a:t>
+                      </a:r>
                       <a:r>
                         <a:rPr lang="en-US" altLang="ja-JP" sz="1100" b="0" i="0" u="none" strike="noStrike">
                           <a:solidFill>
                             <a:srgbClr val="000000"/>
                           </a:solidFill>
                           <a:effectLst/>
                           <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
                           <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
                         </a:rPr>
                         <a:t>1</a:t>
                       </a:r>
                       <a:r>
                         <a:rPr lang="ja-JP" altLang="en-US" sz="1100" b="0" i="0" u="none" strike="noStrike">
                           <a:solidFill>
                             <a:srgbClr val="000000"/>
                           </a:solidFill>
                           <a:effectLst/>
                           <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
                           <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
                         </a:rPr>
-                        <a:t>月</a:t>
-[...20 lines deleted...]
-                        </a:rPr>
                         <a:t>日</a:t>
                       </a:r>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marL="9525" marR="9525" marT="9525" marB="0" anchor="ctr"/>
                 </a:tc>
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr algn="ctr" fontAlgn="ctr">
                         <a:buNone/>
                       </a:pPr>
                       <a:r>
                         <a:rPr lang="ja-JP" altLang="en-US" sz="1100" b="0" i="0" u="none" strike="noStrike">
                           <a:solidFill>
                             <a:srgbClr val="000000"/>
                           </a:solidFill>
                           <a:effectLst/>
                           <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
                           <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
                         </a:rPr>
-                        <a:t>大阪府</a:t>
-[...22 lines deleted...]
-                        <a:t>3</a:t>
+                        <a:t>香川県</a:t>
+                      </a:r>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="9525" marR="9525" marT="9525" marB="0" anchor="ctr"/>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr algn="ctr" fontAlgn="ctr">
+                        <a:buNone/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="en-US" altLang="ja-JP" sz="1100" b="0" i="0" u="none" strike="noStrike">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                        </a:rPr>
+                        <a:t>1</a:t>
                       </a:r>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marL="9525" marR="9525" marT="9525" marB="0" anchor="ctr"/>
                 </a:tc>
                 <a:extLst>
                   <a:ext uri="{0D108BD9-81ED-4DB2-BD59-A6C34878D82A}">
                     <a16:rowId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="10005"/>
                   </a:ext>
                 </a:extLst>
               </a:tr>
-              <a:tr h="196236">
+              <a:tr h="165911">
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr algn="l" fontAlgn="ctr">
                         <a:buNone/>
                       </a:pPr>
                       <a:r>
                         <a:rPr lang="ja-JP" altLang="en-US" sz="1100" b="0" i="0" u="none" strike="noStrike">
                           <a:solidFill>
                             <a:srgbClr val="000000"/>
                           </a:solidFill>
                           <a:effectLst/>
                           <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
                           <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
                         </a:rPr>
-                        <a:t>機能性表示食品と医薬部外品（日本製限定）を探しています。</a:t>
-[...25 lines deleted...]
-                        <a:rPr lang="ja-JP" altLang="en-US" sz="1100" b="0" i="0" u="none" strike="noStrike" dirty="0">
+                        <a:t>木製の小さなスツールの製作工場探しています。</a:t>
+                      </a:r>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="9525" marR="9525" marT="9525" marB="0" anchor="ctr"/>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr algn="ctr" fontAlgn="ctr">
+                        <a:buNone/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="en-US" altLang="ja-JP" sz="1100" b="0" i="0" u="none" strike="noStrike">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                        </a:rPr>
+                        <a:t>5</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="ja-JP" altLang="en-US" sz="1100" b="0" i="0" u="none" strike="noStrike">
                           <a:solidFill>
                             <a:srgbClr val="000000"/>
                           </a:solidFill>
                           <a:effectLst/>
                           <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
                           <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
                         </a:rPr>
                         <a:t>月</a:t>
                       </a:r>
                       <a:r>
-                        <a:rPr lang="en-US" altLang="ja-JP" sz="1100" b="0" i="0" u="none" strike="noStrike" dirty="0">
-[...10 lines deleted...]
-                        <a:rPr lang="ja-JP" altLang="en-US" sz="1100" b="0" i="0" u="none" strike="noStrike" dirty="0">
+                        <a:rPr lang="en-US" altLang="ja-JP" sz="1100" b="0" i="0" u="none" strike="noStrike">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                        </a:rPr>
+                        <a:t>6</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="ja-JP" altLang="en-US" sz="1100" b="0" i="0" u="none" strike="noStrike">
                           <a:solidFill>
                             <a:srgbClr val="000000"/>
                           </a:solidFill>
                           <a:effectLst/>
                           <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
                           <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
                         </a:rPr>
                         <a:t>日</a:t>
                       </a:r>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marL="9525" marR="9525" marT="9525" marB="0" anchor="ctr"/>
                 </a:tc>
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr algn="ctr" fontAlgn="ctr">
                         <a:buNone/>
                       </a:pPr>
                       <a:r>
                         <a:rPr lang="ja-JP" altLang="en-US" sz="1100" b="0" i="0" u="none" strike="noStrike">
                           <a:solidFill>
                             <a:srgbClr val="000000"/>
                           </a:solidFill>
                           <a:effectLst/>
                           <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
                           <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
                         </a:rPr>
-                        <a:t>東京都</a:t>
+                        <a:t>神奈川県</a:t>
                       </a:r>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marL="9525" marR="9525" marT="9525" marB="0" anchor="ctr"/>
                 </a:tc>
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr algn="ctr" fontAlgn="ctr">
                         <a:buNone/>
                       </a:pPr>
                       <a:r>
                         <a:rPr lang="en-US" altLang="ja-JP" sz="1100" b="0" i="0" u="none" strike="noStrike">
                           <a:solidFill>
                             <a:srgbClr val="000000"/>
                           </a:solidFill>
                           <a:effectLst/>
                           <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
                           <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
                         </a:rPr>
                         <a:t>1</a:t>
                       </a:r>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marL="9525" marR="9525" marT="9525" marB="0" anchor="ctr"/>
                 </a:tc>
                 <a:extLst>
                   <a:ext uri="{0D108BD9-81ED-4DB2-BD59-A6C34878D82A}">
                     <a16:rowId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="3362005215"/>
                   </a:ext>
                 </a:extLst>
               </a:tr>
-              <a:tr h="196236">
+              <a:tr h="230289">
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr algn="l" fontAlgn="ctr">
                         <a:buNone/>
                       </a:pPr>
                       <a:r>
                         <a:rPr lang="ja-JP" altLang="en-US" sz="1100" b="0" i="0" u="none" strike="noStrike">
                           <a:solidFill>
                             <a:srgbClr val="000000"/>
                           </a:solidFill>
                           <a:effectLst/>
                           <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
                           <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
                         </a:rPr>
-                        <a:t>訳あり商品</a:t>
-[...91 lines deleted...]
-                        <a:rPr lang="ja-JP" altLang="en-US" sz="1100" b="0" i="0" u="none" strike="noStrike" dirty="0">
+                        <a:t>クッションの中身を探しています。</a:t>
+                      </a:r>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="9525" marR="9525" marT="9525" marB="0" anchor="ctr"/>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr algn="ctr" fontAlgn="ctr">
+                        <a:buNone/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="en-US" altLang="ja-JP" sz="1100" b="0" i="0" u="none" strike="noStrike">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                        </a:rPr>
+                        <a:t>5</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="ja-JP" altLang="en-US" sz="1100" b="0" i="0" u="none" strike="noStrike">
                           <a:solidFill>
                             <a:srgbClr val="000000"/>
                           </a:solidFill>
                           <a:effectLst/>
                           <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
                           <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
                         </a:rPr>
                         <a:t>月</a:t>
                       </a:r>
                       <a:r>
-                        <a:rPr lang="en-US" altLang="ja-JP" sz="1100" b="0" i="0" u="none" strike="noStrike" dirty="0">
-[...10 lines deleted...]
-                        <a:rPr lang="ja-JP" altLang="en-US" sz="1100" b="0" i="0" u="none" strike="noStrike" dirty="0">
+                        <a:rPr lang="en-US" altLang="ja-JP" sz="1100" b="0" i="0" u="none" strike="noStrike">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                        </a:rPr>
+                        <a:t>6</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="ja-JP" altLang="en-US" sz="1100" b="0" i="0" u="none" strike="noStrike">
                           <a:solidFill>
                             <a:srgbClr val="000000"/>
                           </a:solidFill>
                           <a:effectLst/>
                           <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
                           <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
                         </a:rPr>
                         <a:t>日</a:t>
                       </a:r>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marL="9525" marR="9525" marT="9525" marB="0" anchor="ctr"/>
                 </a:tc>
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr algn="ctr" fontAlgn="ctr">
                         <a:buNone/>
                       </a:pPr>
                       <a:r>
                         <a:rPr lang="ja-JP" altLang="en-US" sz="1100" b="0" i="0" u="none" strike="noStrike">
                           <a:solidFill>
                             <a:srgbClr val="000000"/>
                           </a:solidFill>
                           <a:effectLst/>
                           <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
                           <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
                         </a:rPr>
-                        <a:t>東京都</a:t>
+                        <a:t>神奈川県</a:t>
                       </a:r>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marL="9525" marR="9525" marT="9525" marB="0" anchor="ctr"/>
                 </a:tc>
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr algn="ctr" fontAlgn="ctr">
                         <a:buNone/>
                       </a:pPr>
                       <a:r>
                         <a:rPr lang="en-US" altLang="ja-JP" sz="1100" b="0" i="0" u="none" strike="noStrike">
                           <a:solidFill>
                             <a:srgbClr val="000000"/>
                           </a:solidFill>
                           <a:effectLst/>
                           <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
                           <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
                         </a:rPr>
                         <a:t>3</a:t>
                       </a:r>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marL="9525" marR="9525" marT="9525" marB="0" anchor="ctr"/>
                 </a:tc>
                 <a:extLst>
                   <a:ext uri="{0D108BD9-81ED-4DB2-BD59-A6C34878D82A}">
                     <a16:rowId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="2379326156"/>
                   </a:ext>
                 </a:extLst>
               </a:tr>
-              <a:tr h="196236">
+              <a:tr h="216362">
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr algn="l" fontAlgn="ctr">
                         <a:buNone/>
                       </a:pPr>
                       <a:r>
                         <a:rPr lang="ja-JP" altLang="en-US" sz="1100" b="0" i="0" u="none" strike="noStrike">
                           <a:solidFill>
                             <a:srgbClr val="000000"/>
                           </a:solidFill>
                           <a:effectLst/>
                           <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
                           <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
                         </a:rPr>
-                        <a:t>中華圏・東南アジア・南米諸国を初め、農産物原料・輸入／国産食材・ 原料等の取扱業者様を募集致します。</a:t>
-[...22 lines deleted...]
-                        <a:t>1</a:t>
+                        <a:t>トレカ（ポケモンカード、ワンピースカード）を仕入れたいです。</a:t>
+                      </a:r>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="9525" marR="9525" marT="9525" marB="0" anchor="ctr"/>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr algn="ctr" fontAlgn="ctr">
+                        <a:buNone/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="en-US" altLang="ja-JP" sz="1100" b="0" i="0" u="none" strike="noStrike">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                        </a:rPr>
+                        <a:t>5</a:t>
                       </a:r>
                       <a:r>
                         <a:rPr lang="ja-JP" altLang="en-US" sz="1100" b="0" i="0" u="none" strike="noStrike">
                           <a:solidFill>
                             <a:srgbClr val="000000"/>
                           </a:solidFill>
                           <a:effectLst/>
                           <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
                           <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
                         </a:rPr>
                         <a:t>月</a:t>
                       </a:r>
                       <a:r>
                         <a:rPr lang="en-US" altLang="ja-JP" sz="1100" b="0" i="0" u="none" strike="noStrike">
                           <a:solidFill>
                             <a:srgbClr val="000000"/>
                           </a:solidFill>
                           <a:effectLst/>
                           <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
                           <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
                         </a:rPr>
+                        <a:t>16</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="ja-JP" altLang="en-US" sz="1100" b="0" i="0" u="none" strike="noStrike">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                        </a:rPr>
+                        <a:t>日</a:t>
+                      </a:r>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="9525" marR="9525" marT="9525" marB="0" anchor="ctr"/>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr algn="ctr" fontAlgn="ctr">
+                        <a:buNone/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="ja-JP" altLang="en-US" sz="1100" b="0" i="0" u="none" strike="noStrike">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                        </a:rPr>
+                        <a:t>東京都</a:t>
+                      </a:r>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="9525" marR="9525" marT="9525" marB="0" anchor="ctr"/>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr algn="ctr" fontAlgn="ctr">
+                        <a:buNone/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="en-US" altLang="ja-JP" sz="1100" b="0" i="0" u="none" strike="noStrike">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                        </a:rPr>
                         <a:t>3</a:t>
-                      </a:r>
-[...55 lines deleted...]
-                        <a:t>2</a:t>
                       </a:r>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marL="9525" marR="9525" marT="9525" marB="0" anchor="ctr"/>
                 </a:tc>
                 <a:extLst>
                   <a:ext uri="{0D108BD9-81ED-4DB2-BD59-A6C34878D82A}">
                     <a16:rowId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="10006"/>
                   </a:ext>
                 </a:extLst>
               </a:tr>
-              <a:tr h="196236">
+              <a:tr h="165911">
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr algn="l" fontAlgn="ctr">
                         <a:buNone/>
                       </a:pPr>
                       <a:r>
-                        <a:rPr lang="en-US" altLang="ja-JP" sz="1100" b="0" i="0" u="none" strike="noStrike">
-[...85 lines deleted...]
-                        <a:t>1</a:t>
+                        <a:rPr lang="ja-JP" altLang="en-US" sz="1100" b="0" i="0" u="none" strike="noStrike">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                        </a:rPr>
+                        <a:t>韓国へ販売できる化粧品、食品の供給メーカーを探してます。</a:t>
+                      </a:r>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="9525" marR="9525" marT="9525" marB="0" anchor="ctr"/>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr algn="ctr" fontAlgn="ctr">
+                        <a:buNone/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="en-US" altLang="ja-JP" sz="1100" b="0" i="0" u="none" strike="noStrike">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                        </a:rPr>
+                        <a:t>5</a:t>
                       </a:r>
                       <a:r>
                         <a:rPr lang="ja-JP" altLang="en-US" sz="1100" b="0" i="0" u="none" strike="noStrike">
                           <a:solidFill>
                             <a:srgbClr val="000000"/>
                           </a:solidFill>
                           <a:effectLst/>
                           <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
                           <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
                         </a:rPr>
                         <a:t>月</a:t>
                       </a:r>
                       <a:r>
                         <a:rPr lang="en-US" altLang="ja-JP" sz="1100" b="0" i="0" u="none" strike="noStrike">
                           <a:solidFill>
                             <a:srgbClr val="000000"/>
                           </a:solidFill>
                           <a:effectLst/>
                           <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
                           <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
                         </a:rPr>
-                        <a:t>3</a:t>
+                        <a:t>31</a:t>
                       </a:r>
                       <a:r>
                         <a:rPr lang="ja-JP" altLang="en-US" sz="1100" b="0" i="0" u="none" strike="noStrike">
                           <a:solidFill>
                             <a:srgbClr val="000000"/>
                           </a:solidFill>
                           <a:effectLst/>
                           <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
                           <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
                         </a:rPr>
                         <a:t>日</a:t>
                       </a:r>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marL="9525" marR="9525" marT="9525" marB="0" anchor="ctr"/>
                 </a:tc>
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr algn="ctr" fontAlgn="ctr">
                         <a:buNone/>
                       </a:pPr>
                       <a:r>
@@ -13745,5309 +17631,1020 @@
                           <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
                         </a:rPr>
                         <a:t>東京都</a:t>
                       </a:r>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marL="9525" marR="9525" marT="9525" marB="0" anchor="ctr"/>
                 </a:tc>
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr algn="ctr" fontAlgn="ctr">
                         <a:buNone/>
                       </a:pPr>
                       <a:r>
                         <a:rPr lang="en-US" altLang="ja-JP" sz="1100" b="0" i="0" u="none" strike="noStrike">
                           <a:solidFill>
                             <a:srgbClr val="000000"/>
                           </a:solidFill>
                           <a:effectLst/>
                           <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
                           <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
                         </a:rPr>
-                        <a:t>0</a:t>
+                        <a:t>8</a:t>
                       </a:r>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marL="9525" marR="9525" marT="9525" marB="0" anchor="ctr"/>
                 </a:tc>
                 <a:extLst>
                   <a:ext uri="{0D108BD9-81ED-4DB2-BD59-A6C34878D82A}">
                     <a16:rowId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="10007"/>
                   </a:ext>
                 </a:extLst>
               </a:tr>
-              <a:tr h="196236">
+              <a:tr h="322903">
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr algn="l" fontAlgn="ctr">
                         <a:buNone/>
                       </a:pPr>
                       <a:r>
                         <a:rPr lang="ja-JP" altLang="en-US" sz="1100" b="0" i="0" u="none" strike="noStrike">
                           <a:solidFill>
                             <a:srgbClr val="000000"/>
                           </a:solidFill>
                           <a:effectLst/>
                           <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
                           <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
                         </a:rPr>
-                        <a:t>日本製・日本有名メーカーの輸出商品・インバウンド向け商品</a:t>
+                        <a:t>埼玉県所沢市、市内の霊苑墓地にて、</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" altLang="ja-JP" sz="1100" b="0" i="0" u="none" strike="noStrike">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                        </a:rPr>
+                        <a:t>【</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="ja-JP" altLang="en-US" sz="1100" b="0" i="0" u="none" strike="noStrike">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                        </a:rPr>
+                        <a:t>墓じまい工事施工</a:t>
                       </a:r>
                       <a:r>
                         <a:rPr lang="en-US" altLang="ja-JP" sz="1100" b="0" i="0" u="none" strike="noStrike">
                           <a:solidFill>
                             <a:srgbClr val="000000"/>
                           </a:solidFill>
                           <a:effectLst/>
                           <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
                           <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
                         </a:rPr>
                         <a:t>(</a:t>
                       </a:r>
                       <a:r>
                         <a:rPr lang="ja-JP" altLang="en-US" sz="1100" b="0" i="0" u="none" strike="noStrike">
                           <a:solidFill>
                             <a:srgbClr val="000000"/>
                           </a:solidFill>
                           <a:effectLst/>
                           <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
                           <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
                         </a:rPr>
-                        <a:t>食品</a:t>
-[...88 lines deleted...]
-                        <a:t>1</a:t>
+                        <a:t>墓地返還</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" altLang="ja-JP" sz="1100" b="0" i="0" u="none" strike="noStrike">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                        </a:rPr>
+                        <a:t>)】</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="ja-JP" altLang="en-US" sz="1100" b="0" i="0" u="none" strike="noStrike">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                        </a:rPr>
+                        <a:t>の施工をして頂ける、業者様をさがしています。</a:t>
+                      </a:r>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="9525" marR="9525" marT="9525" marB="0" anchor="ctr"/>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr algn="ctr" fontAlgn="ctr">
+                        <a:buNone/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="en-US" altLang="ja-JP" sz="1100" b="0" i="0" u="none" strike="noStrike">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                        </a:rPr>
+                        <a:t>6</a:t>
                       </a:r>
                       <a:r>
                         <a:rPr lang="ja-JP" altLang="en-US" sz="1100" b="0" i="0" u="none" strike="noStrike">
                           <a:solidFill>
                             <a:srgbClr val="000000"/>
                           </a:solidFill>
                           <a:effectLst/>
                           <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
                           <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
                         </a:rPr>
                         <a:t>月</a:t>
                       </a:r>
                       <a:r>
                         <a:rPr lang="en-US" altLang="ja-JP" sz="1100" b="0" i="0" u="none" strike="noStrike">
                           <a:solidFill>
                             <a:srgbClr val="000000"/>
                           </a:solidFill>
                           <a:effectLst/>
                           <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
                           <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
                         </a:rPr>
-                        <a:t>3</a:t>
+                        <a:t>30</a:t>
                       </a:r>
                       <a:r>
                         <a:rPr lang="ja-JP" altLang="en-US" sz="1100" b="0" i="0" u="none" strike="noStrike">
                           <a:solidFill>
                             <a:srgbClr val="000000"/>
                           </a:solidFill>
                           <a:effectLst/>
                           <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
                           <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
                         </a:rPr>
                         <a:t>日</a:t>
                       </a:r>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marL="9525" marR="9525" marT="9525" marB="0" anchor="ctr"/>
                 </a:tc>
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr algn="ctr" fontAlgn="ctr">
                         <a:buNone/>
                       </a:pPr>
                       <a:r>
-                        <a:rPr lang="ja-JP" altLang="en-US" sz="1100" b="0" i="0" u="none" strike="noStrike" dirty="0">
-[...30 lines deleted...]
-                        <a:t>1</a:t>
+                        <a:rPr lang="ja-JP" altLang="en-US" sz="1100" b="0" i="0" u="none" strike="noStrike">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                        </a:rPr>
+                        <a:t>滋賀県</a:t>
+                      </a:r>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="9525" marR="9525" marT="9525" marB="0" anchor="ctr"/>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr algn="ctr" fontAlgn="ctr">
+                        <a:buNone/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="en-US" altLang="ja-JP" sz="1100" b="0" i="0" u="none" strike="noStrike">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                        </a:rPr>
+                        <a:t>0</a:t>
                       </a:r>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marL="9525" marR="9525" marT="9525" marB="0" anchor="ctr"/>
                 </a:tc>
                 <a:extLst>
                   <a:ext uri="{0D108BD9-81ED-4DB2-BD59-A6C34878D82A}">
                     <a16:rowId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="10008"/>
                   </a:ext>
                 </a:extLst>
               </a:tr>
-              <a:tr h="196236">
+              <a:tr h="216362">
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr algn="l" fontAlgn="ctr">
                         <a:buNone/>
                       </a:pPr>
                       <a:r>
-                        <a:rPr lang="ja-JP" altLang="en-US" sz="1100" b="0" i="0" u="none" strike="noStrike">
-[...30 lines deleted...]
-                        <a:t>1</a:t>
+                        <a:rPr lang="en-US" altLang="ja-JP" sz="1100" b="0" i="0" u="none" strike="noStrike">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                        </a:rPr>
+                        <a:t>B</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="ja-JP" altLang="en-US" sz="1100" b="0" i="0" u="none" strike="noStrike">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                        </a:rPr>
+                        <a:t>品の自動車加工部品を購入したいです。メーカーは問いません。</a:t>
+                      </a:r>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="9525" marR="9525" marT="9525" marB="0" anchor="ctr"/>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr algn="ctr" fontAlgn="ctr">
+                        <a:buNone/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="en-US" altLang="ja-JP" sz="1100" b="0" i="0" u="none" strike="noStrike">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                        </a:rPr>
+                        <a:t>8</a:t>
                       </a:r>
                       <a:r>
                         <a:rPr lang="ja-JP" altLang="en-US" sz="1100" b="0" i="0" u="none" strike="noStrike">
                           <a:solidFill>
                             <a:srgbClr val="000000"/>
                           </a:solidFill>
                           <a:effectLst/>
                           <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
                           <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
                         </a:rPr>
                         <a:t>月</a:t>
                       </a:r>
                       <a:r>
                         <a:rPr lang="en-US" altLang="ja-JP" sz="1100" b="0" i="0" u="none" strike="noStrike">
                           <a:solidFill>
                             <a:srgbClr val="000000"/>
                           </a:solidFill>
                           <a:effectLst/>
                           <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
                           <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
                         </a:rPr>
-                        <a:t>4</a:t>
+                        <a:t>31</a:t>
                       </a:r>
                       <a:r>
                         <a:rPr lang="ja-JP" altLang="en-US" sz="1100" b="0" i="0" u="none" strike="noStrike">
                           <a:solidFill>
                             <a:srgbClr val="000000"/>
                           </a:solidFill>
                           <a:effectLst/>
                           <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
                           <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
                         </a:rPr>
                         <a:t>日</a:t>
                       </a:r>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marL="9525" marR="9525" marT="9525" marB="0" anchor="ctr"/>
                 </a:tc>
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr algn="ctr" fontAlgn="ctr">
                         <a:buNone/>
                       </a:pPr>
                       <a:r>
-                        <a:rPr lang="ja-JP" altLang="en-US" sz="1100" b="0" i="0" u="none" strike="noStrike" dirty="0">
-[...30 lines deleted...]
-                        <a:t>18</a:t>
+                        <a:rPr lang="ja-JP" altLang="en-US" sz="1100" b="0" i="0" u="none" strike="noStrike">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                        </a:rPr>
+                        <a:t>埼玉県</a:t>
+                      </a:r>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="9525" marR="9525" marT="9525" marB="0" anchor="ctr"/>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr algn="ctr" fontAlgn="ctr">
+                        <a:buNone/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="en-US" altLang="ja-JP" sz="1100" b="0" i="0" u="none" strike="noStrike">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                          <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                        </a:rPr>
+                        <a:t>0</a:t>
                       </a:r>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marL="9525" marR="9525" marT="9525" marB="0" anchor="ctr"/>
                 </a:tc>
                 <a:extLst>
                   <a:ext uri="{0D108BD9-81ED-4DB2-BD59-A6C34878D82A}">
                     <a16:rowId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="10009"/>
                   </a:ext>
                 </a:extLst>
               </a:tr>
-              <a:tr h="196236">
+              <a:tr h="165911">
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr algn="l" fontAlgn="ctr">
                         <a:buNone/>
                       </a:pPr>
-                      <a:r>
-[...144 lines deleted...]
-                      </a:r>
+                      <a:endParaRPr lang="ja-JP" altLang="en-US" sz="1100" b="0" i="0" u="none" strike="noStrike" dirty="0">
+                        <a:solidFill>
+                          <a:srgbClr val="000000"/>
+                        </a:solidFill>
+                        <a:effectLst/>
+                        <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                        <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                      </a:endParaRPr>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="9525" marR="9525" marT="9525" marB="0" anchor="ctr"/>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr algn="ctr" fontAlgn="ctr">
+                        <a:buNone/>
+                      </a:pPr>
+                      <a:endParaRPr lang="ja-JP" altLang="en-US" sz="1100" b="0" i="0" u="none" strike="noStrike">
+                        <a:solidFill>
+                          <a:srgbClr val="000000"/>
+                        </a:solidFill>
+                        <a:effectLst/>
+                        <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                        <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                      </a:endParaRPr>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="9525" marR="9525" marT="9525" marB="0" anchor="ctr"/>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr algn="ctr" fontAlgn="ctr">
+                        <a:buNone/>
+                      </a:pPr>
+                      <a:endParaRPr lang="ja-JP" altLang="en-US" sz="1100" b="0" i="0" u="none" strike="noStrike">
+                        <a:solidFill>
+                          <a:srgbClr val="000000"/>
+                        </a:solidFill>
+                        <a:effectLst/>
+                        <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                        <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                      </a:endParaRPr>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="9525" marR="9525" marT="9525" marB="0" anchor="ctr"/>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr algn="ctr" fontAlgn="ctr">
+                        <a:buNone/>
+                      </a:pPr>
+                      <a:endParaRPr lang="en-US" altLang="ja-JP" sz="1100" b="0" i="0" u="none" strike="noStrike">
+                        <a:solidFill>
+                          <a:srgbClr val="000000"/>
+                        </a:solidFill>
+                        <a:effectLst/>
+                        <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                        <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                      </a:endParaRPr>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marL="9525" marR="9525" marT="9525" marB="0" anchor="ctr"/>
                 </a:tc>
                 <a:extLst>
                   <a:ext uri="{0D108BD9-81ED-4DB2-BD59-A6C34878D82A}">
                     <a16:rowId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="10010"/>
                   </a:ext>
                 </a:extLst>
               </a:tr>
-              <a:tr h="196236">
+              <a:tr h="165911">
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr algn="l" fontAlgn="ctr">
                         <a:buNone/>
                       </a:pPr>
-                      <a:r>
-[...133 lines deleted...]
-                      </a:r>
+                      <a:endParaRPr lang="ja-JP" altLang="en-US" sz="1100" b="0" i="0" u="none" strike="noStrike" dirty="0">
+                        <a:solidFill>
+                          <a:srgbClr val="000000"/>
+                        </a:solidFill>
+                        <a:effectLst/>
+                        <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                        <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                      </a:endParaRPr>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="9525" marR="9525" marT="9525" marB="0" anchor="ctr"/>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr algn="ctr" fontAlgn="ctr">
+                        <a:buNone/>
+                      </a:pPr>
+                      <a:endParaRPr lang="ja-JP" altLang="en-US" sz="1100" b="0" i="0" u="none" strike="noStrike">
+                        <a:solidFill>
+                          <a:srgbClr val="000000"/>
+                        </a:solidFill>
+                        <a:effectLst/>
+                        <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                        <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                      </a:endParaRPr>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="9525" marR="9525" marT="9525" marB="0" anchor="ctr"/>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr algn="ctr" fontAlgn="ctr">
+                        <a:buNone/>
+                      </a:pPr>
+                      <a:endParaRPr lang="ja-JP" altLang="en-US" sz="1100" b="0" i="0" u="none" strike="noStrike">
+                        <a:solidFill>
+                          <a:srgbClr val="000000"/>
+                        </a:solidFill>
+                        <a:effectLst/>
+                        <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                        <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                      </a:endParaRPr>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="9525" marR="9525" marT="9525" marB="0" anchor="ctr"/>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr algn="ctr" fontAlgn="ctr">
+                        <a:buNone/>
+                      </a:pPr>
+                      <a:endParaRPr lang="en-US" altLang="ja-JP" sz="1100" b="0" i="0" u="none" strike="noStrike">
+                        <a:solidFill>
+                          <a:srgbClr val="000000"/>
+                        </a:solidFill>
+                        <a:effectLst/>
+                        <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                        <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                      </a:endParaRPr>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marL="9525" marR="9525" marT="9525" marB="0" anchor="ctr"/>
                 </a:tc>
                 <a:extLst>
                   <a:ext uri="{0D108BD9-81ED-4DB2-BD59-A6C34878D82A}">
                     <a16:rowId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="10011"/>
                   </a:ext>
                 </a:extLst>
               </a:tr>
-              <a:tr h="196236">
+              <a:tr h="165911">
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr algn="l" fontAlgn="ctr">
                         <a:buNone/>
                       </a:pPr>
-                      <a:r>
-[...111 lines deleted...]
-                      </a:r>
+                      <a:endParaRPr lang="ja-JP" altLang="en-US" sz="1100" b="0" i="0" u="none" strike="noStrike" dirty="0">
+                        <a:solidFill>
+                          <a:srgbClr val="000000"/>
+                        </a:solidFill>
+                        <a:effectLst/>
+                        <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                        <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                      </a:endParaRPr>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="9525" marR="9525" marT="9525" marB="0" anchor="ctr"/>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr algn="ctr" fontAlgn="ctr">
+                        <a:buNone/>
+                      </a:pPr>
+                      <a:endParaRPr lang="ja-JP" altLang="en-US" sz="1100" b="0" i="0" u="none" strike="noStrike">
+                        <a:solidFill>
+                          <a:srgbClr val="000000"/>
+                        </a:solidFill>
+                        <a:effectLst/>
+                        <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                        <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                      </a:endParaRPr>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="9525" marR="9525" marT="9525" marB="0" anchor="ctr"/>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr algn="ctr" fontAlgn="ctr">
+                        <a:buNone/>
+                      </a:pPr>
+                      <a:endParaRPr lang="ja-JP" altLang="en-US" sz="1100" b="0" i="0" u="none" strike="noStrike">
+                        <a:solidFill>
+                          <a:srgbClr val="000000"/>
+                        </a:solidFill>
+                        <a:effectLst/>
+                        <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                        <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                      </a:endParaRPr>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="9525" marR="9525" marT="9525" marB="0" anchor="ctr"/>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr algn="ctr" fontAlgn="ctr">
+                        <a:buNone/>
+                      </a:pPr>
+                      <a:endParaRPr lang="en-US" altLang="ja-JP" sz="1100" b="0" i="0" u="none" strike="noStrike">
+                        <a:solidFill>
+                          <a:srgbClr val="000000"/>
+                        </a:solidFill>
+                        <a:effectLst/>
+                        <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                        <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                      </a:endParaRPr>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marL="9525" marR="9525" marT="9525" marB="0" anchor="ctr"/>
                 </a:tc>
                 <a:extLst>
                   <a:ext uri="{0D108BD9-81ED-4DB2-BD59-A6C34878D82A}">
                     <a16:rowId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="10012"/>
                   </a:ext>
                 </a:extLst>
               </a:tr>
-              <a:tr h="196236">
+              <a:tr h="257108">
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr algn="l" fontAlgn="ctr">
                         <a:buNone/>
                       </a:pPr>
-                      <a:r>
-[...111 lines deleted...]
-                      </a:r>
+                      <a:endParaRPr lang="ja-JP" altLang="en-US" sz="1100" b="0" i="0" u="none" strike="noStrike" dirty="0">
+                        <a:solidFill>
+                          <a:srgbClr val="000000"/>
+                        </a:solidFill>
+                        <a:effectLst/>
+                        <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                        <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                      </a:endParaRPr>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="9525" marR="9525" marT="9525" marB="0" anchor="ctr"/>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr algn="ctr" fontAlgn="ctr">
+                        <a:buNone/>
+                      </a:pPr>
+                      <a:endParaRPr lang="ja-JP" altLang="en-US" sz="1100" b="0" i="0" u="none" strike="noStrike">
+                        <a:solidFill>
+                          <a:srgbClr val="000000"/>
+                        </a:solidFill>
+                        <a:effectLst/>
+                        <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                        <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                      </a:endParaRPr>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="9525" marR="9525" marT="9525" marB="0" anchor="ctr"/>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr algn="ctr" fontAlgn="ctr">
+                        <a:buNone/>
+                      </a:pPr>
+                      <a:endParaRPr lang="ja-JP" altLang="en-US" sz="1100" b="0" i="0" u="none" strike="noStrike">
+                        <a:solidFill>
+                          <a:srgbClr val="000000"/>
+                        </a:solidFill>
+                        <a:effectLst/>
+                        <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                        <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                      </a:endParaRPr>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="9525" marR="9525" marT="9525" marB="0" anchor="ctr"/>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr algn="ctr" fontAlgn="ctr">
+                        <a:buNone/>
+                      </a:pPr>
+                      <a:endParaRPr lang="en-US" altLang="ja-JP" sz="1100" b="0" i="0" u="none" strike="noStrike">
+                        <a:solidFill>
+                          <a:srgbClr val="000000"/>
+                        </a:solidFill>
+                        <a:effectLst/>
+                        <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                        <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                      </a:endParaRPr>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marL="9525" marR="9525" marT="9525" marB="0" anchor="ctr"/>
                 </a:tc>
                 <a:extLst>
                   <a:ext uri="{0D108BD9-81ED-4DB2-BD59-A6C34878D82A}">
                     <a16:rowId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="10013"/>
                   </a:ext>
                 </a:extLst>
               </a:tr>
-              <a:tr h="196236">
+              <a:tr h="165911">
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr algn="l" fontAlgn="ctr">
                         <a:buNone/>
                       </a:pPr>
-                      <a:r>
-[...111 lines deleted...]
-                      </a:r>
+                      <a:endParaRPr lang="ja-JP" altLang="en-US" sz="1100" b="0" i="0" u="none" strike="noStrike" dirty="0">
+                        <a:solidFill>
+                          <a:srgbClr val="000000"/>
+                        </a:solidFill>
+                        <a:effectLst/>
+                        <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                        <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                      </a:endParaRPr>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="9525" marR="9525" marT="9525" marB="0" anchor="ctr"/>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr algn="ctr" fontAlgn="ctr">
+                        <a:buNone/>
+                      </a:pPr>
+                      <a:endParaRPr lang="ja-JP" altLang="en-US" sz="1100" b="0" i="0" u="none" strike="noStrike">
+                        <a:solidFill>
+                          <a:srgbClr val="000000"/>
+                        </a:solidFill>
+                        <a:effectLst/>
+                        <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                        <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                      </a:endParaRPr>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="9525" marR="9525" marT="9525" marB="0" anchor="ctr"/>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr algn="ctr" fontAlgn="ctr">
+                        <a:buNone/>
+                      </a:pPr>
+                      <a:endParaRPr lang="ja-JP" altLang="en-US" sz="1100" b="0" i="0" u="none" strike="noStrike">
+                        <a:solidFill>
+                          <a:srgbClr val="000000"/>
+                        </a:solidFill>
+                        <a:effectLst/>
+                        <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                        <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                      </a:endParaRPr>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="9525" marR="9525" marT="9525" marB="0" anchor="ctr"/>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr algn="ctr" fontAlgn="ctr">
+                        <a:buNone/>
+                      </a:pPr>
+                      <a:endParaRPr lang="en-US" altLang="ja-JP" sz="1100" b="0" i="0" u="none" strike="noStrike">
+                        <a:solidFill>
+                          <a:srgbClr val="000000"/>
+                        </a:solidFill>
+                        <a:effectLst/>
+                        <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                        <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                      </a:endParaRPr>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marL="9525" marR="9525" marT="9525" marB="0" anchor="ctr"/>
                 </a:tc>
                 <a:extLst>
                   <a:ext uri="{0D108BD9-81ED-4DB2-BD59-A6C34878D82A}">
                     <a16:rowId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="10014"/>
                   </a:ext>
                 </a:extLst>
               </a:tr>
-              <a:tr h="196236">
+              <a:tr h="257108">
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr algn="l" fontAlgn="ctr">
                         <a:buNone/>
                       </a:pPr>
-                      <a:r>
-[...111 lines deleted...]
-                      </a:r>
+                      <a:endParaRPr lang="ja-JP" altLang="en-US" sz="1100" b="0" i="0" u="none" strike="noStrike">
+                        <a:solidFill>
+                          <a:srgbClr val="000000"/>
+                        </a:solidFill>
+                        <a:effectLst/>
+                        <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                        <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                      </a:endParaRPr>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="9525" marR="9525" marT="9525" marB="0" anchor="ctr"/>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr algn="ctr" fontAlgn="ctr">
+                        <a:buNone/>
+                      </a:pPr>
+                      <a:endParaRPr lang="ja-JP" altLang="en-US" sz="1100" b="0" i="0" u="none" strike="noStrike" dirty="0">
+                        <a:solidFill>
+                          <a:srgbClr val="000000"/>
+                        </a:solidFill>
+                        <a:effectLst/>
+                        <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                        <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                      </a:endParaRPr>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="9525" marR="9525" marT="9525" marB="0" anchor="ctr"/>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr algn="ctr" fontAlgn="ctr">
+                        <a:buNone/>
+                      </a:pPr>
+                      <a:endParaRPr lang="ja-JP" altLang="en-US" sz="1100" b="0" i="0" u="none" strike="noStrike">
+                        <a:solidFill>
+                          <a:srgbClr val="000000"/>
+                        </a:solidFill>
+                        <a:effectLst/>
+                        <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                        <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                      </a:endParaRPr>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="9525" marR="9525" marT="9525" marB="0" anchor="ctr"/>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr algn="ctr" fontAlgn="ctr">
+                        <a:buNone/>
+                      </a:pPr>
+                      <a:endParaRPr lang="en-US" altLang="ja-JP" sz="1100" b="0" i="0" u="none" strike="noStrike">
+                        <a:solidFill>
+                          <a:srgbClr val="000000"/>
+                        </a:solidFill>
+                        <a:effectLst/>
+                        <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                        <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                      </a:endParaRPr>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marL="9525" marR="9525" marT="9525" marB="0" anchor="ctr"/>
                 </a:tc>
                 <a:extLst>
                   <a:ext uri="{0D108BD9-81ED-4DB2-BD59-A6C34878D82A}">
                     <a16:rowId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="425783478"/>
                   </a:ext>
                 </a:extLst>
               </a:tr>
-              <a:tr h="196236">
+              <a:tr h="165911">
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr algn="l" fontAlgn="ctr">
                         <a:buNone/>
                       </a:pPr>
-                      <a:r>
-[...166 lines deleted...]
-                      </a:r>
+                      <a:endParaRPr lang="ja-JP" altLang="en-US" sz="1100" b="0" i="0" u="none" strike="noStrike">
+                        <a:solidFill>
+                          <a:srgbClr val="000000"/>
+                        </a:solidFill>
+                        <a:effectLst/>
+                        <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                        <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                      </a:endParaRPr>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="9525" marR="9525" marT="9525" marB="0" anchor="ctr"/>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr algn="ctr" fontAlgn="ctr">
+                        <a:buNone/>
+                      </a:pPr>
+                      <a:endParaRPr lang="ja-JP" altLang="en-US" sz="1100" b="0" i="0" u="none" strike="noStrike">
+                        <a:solidFill>
+                          <a:srgbClr val="000000"/>
+                        </a:solidFill>
+                        <a:effectLst/>
+                        <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                        <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                      </a:endParaRPr>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="9525" marR="9525" marT="9525" marB="0" anchor="ctr"/>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr algn="ctr" fontAlgn="ctr">
+                        <a:buNone/>
+                      </a:pPr>
+                      <a:endParaRPr lang="ja-JP" altLang="en-US" sz="1100" b="0" i="0" u="none" strike="noStrike" dirty="0">
+                        <a:solidFill>
+                          <a:srgbClr val="000000"/>
+                        </a:solidFill>
+                        <a:effectLst/>
+                        <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                        <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                      </a:endParaRPr>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="9525" marR="9525" marT="9525" marB="0" anchor="ctr"/>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr algn="ctr" fontAlgn="ctr">
+                        <a:buNone/>
+                      </a:pPr>
+                      <a:endParaRPr lang="en-US" altLang="ja-JP" sz="1100" b="0" i="0" u="none" strike="noStrike" dirty="0">
+                        <a:solidFill>
+                          <a:srgbClr val="000000"/>
+                        </a:solidFill>
+                        <a:effectLst/>
+                        <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                        <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+                      </a:endParaRPr>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marL="9525" marR="9525" marT="9525" marB="0" anchor="ctr"/>
                 </a:tc>
                 <a:extLst>
                   <a:ext uri="{0D108BD9-81ED-4DB2-BD59-A6C34878D82A}">
                     <a16:rowId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="2095567846"/>
                   </a:ext>
                 </a:extLst>
               </a:tr>
             </a:tbl>
           </a:graphicData>
         </a:graphic>
       </p:graphicFrame>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
-        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3579126519"/>
-[...3852 lines deleted...]
-        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2433456813"/>
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1945283172"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office テーマ">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
@@ -19277,54 +18874,54 @@
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <TotalTime></TotalTime>
-  <Words>2481</Words>
+  <Words>2441</Words>
   <Application>Microsoft Office PowerPoint</Application>
   <PresentationFormat>ワイド画面</PresentationFormat>
-  <Paragraphs>404</Paragraphs>
+  <Paragraphs>368</Paragraphs>
   <Slides>4</Slides>
   <Notes>0</Notes>
   <HiddenSlides>0</HiddenSlides>
   <MMClips>0</MMClips>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="6" baseType="variant">
       <vt:variant>
         <vt:lpstr>使用されているフォント</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>6</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>テーマ</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>スライド タイトル</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>4</vt:i4>
       </vt:variant>